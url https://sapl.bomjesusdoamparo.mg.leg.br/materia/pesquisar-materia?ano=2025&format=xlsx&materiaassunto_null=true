--- v0 (2025-10-14)
+++ v1 (2025-12-05)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="972" uniqueCount="482">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1149" uniqueCount="561">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -66,60 +66,69 @@
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>Magno Augusto Motta Macieira Drumond</t>
   </si>
   <si>
     <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Emenda Modificativa nº 01/2025 - Modifica os Artigos 3º e 5º no Projeto de Lei nº 05/2025 Que dispões sobre as faixas de restrição a instalação de fornos de carvão vegetal, e dá outras providências.</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>Emenda nº 01 ao Projeto de Lei nº 07/2025 – CM.</t>
+    <t>Marcel Peixoto de Melo</t>
+  </si>
+  <si>
+    <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/824/emenda_01_pl_07_2025_cm.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Modificativa nº 01 ao Projeto de Lei nº 07/2025 – CM.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>Emenda nº 02 ao Projeto de Lei nº 07/2025 – CM.</t>
+    <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/825/emenda_02_pl_07_2025_cm.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Modificativa nº 02 ao Projeto de Lei nº 07/2025 – CM.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Adenir Silva Dias</t>
   </si>
   <si>
     <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/703/indicacao_01_2025.pdf</t>
   </si>
   <si>
     <t>Necessidade de construção de uma pista de acesso à guarita no ponto de ônibus localizado no trevo da Rocinha, em frente ao restaurante Dona Maria, na MG-434. Melhorando o acesso e dando mais segurança.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
     <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/718/indicacao_02_2025.pdf</t>
   </si>
@@ -226,53 +235,50 @@
     <t>11</t>
   </si>
   <si>
     <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/712/indicacao_11_2025.pdf</t>
   </si>
   <si>
     <t>Necessidade de realizar um estudo e planejamento em parceria com a empresa de correios para otimizar a organização da entrega de correspondências no bairro São Francisco de Assis, também conhecido como Casas Populares.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/713/indicacao_12_2025.pdf</t>
   </si>
   <si>
     <t>Necessidade que seja realizada, com urgência, uma manutenção paliativa nas ruas principais do Bairro Padre Pessoa, até que a pavimentação definitiva seja concluída, considerando que o material necessário já está disponível no local.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>13</t>
-  </si>
-[...1 lines deleted...]
-    <t>Marcel Peixoto de Melo</t>
   </si>
   <si>
     <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/714/indicacao_13_2025.pdf</t>
   </si>
   <si>
     <t>Necessidade de instalar aproximadamente oito braços de iluminação nos postes da Rua Carmem Pinto Coelho Gonçalves, no Bairro São Francisco de Assis.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/715/indicacao_14_2025.pdf</t>
   </si>
   <si>
     <t>Necessidade de instalar internet e telefones fixos nas creches, incluindo as localizadas em comunidades.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>15</t>
   </si>
@@ -1241,50 +1247,182 @@
   <si>
     <t>818</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/818/indicacao_98_2025.pdf</t>
   </si>
   <si>
     <t>Que seja instalado um braço de iluminação no poste localizado na Rua Vicente Gonçalves, no bairro São Francisco de Assis, bem como uma luminária no poste situado na esquina da mesma rua, visando melhorar a visibilidade e a segurança dos moradores que transitam pelo local no período noturno.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/819/indicacao_99_2025.pdf</t>
   </si>
   <si>
     <t>Que seja providenciada a ligação do poço artesiano perfurado na administração passada na comunidade do Carretão, com a devida instalação de um padrão de energia elétrica e de uma caixa de armazenamento de água para distribuição às residências. Tal medida beneficiará aproximadamente 10 famílias da comunidade, garantindo acesso regular e seguro à água potável.</t>
   </si>
   <si>
+    <t>826</t>
+  </si>
+  <si>
+    <t>102</t>
+  </si>
+  <si>
+    <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/826/indicacao_102_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feita uma cobertura no passeio em frente à escola municipal, visando melhor comodidade aos pais e familiares dos alunos que em dias de sol ou mesmo de chuva esperam os alunos no início e ao final de cada turno.</t>
+  </si>
+  <si>
+    <t>827</t>
+  </si>
+  <si>
+    <t>103</t>
+  </si>
+  <si>
+    <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/827/indicacao_103_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja realizada a instalação e manutenção da iluminação no coreto localizado na Praça Cardeal Motta, no centro de Bom Jesus do Amparo, priorizando o uso de sensores de luminosidade para que as lâmpadas permaneçam acesas automaticamente durante o período noturno.</t>
+  </si>
+  <si>
+    <t>828</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/828/indicacao_104_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja realizada a colocação de uma nova cobertura no Posto de Saúde localizado na parte baixa da cidade, visando proporcionar melhores condições de atendimento aos usuários e servidores.</t>
+  </si>
+  <si>
+    <t>829</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
+    <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/829/indicacao_105_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja instalada uma placa de sinalização indicando o quebra-molas existente em frente à entrada do sítio do senhor Raimundo Dorico, localizado nas proximidades das coordenadas (-19.7278964, -43.4808424), no sentido vindo da BR para Bom Jesus do Amparo.</t>
+  </si>
+  <si>
+    <t>833</t>
+  </si>
+  <si>
+    <t>106</t>
+  </si>
+  <si>
+    <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/833/indicacao_106_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja realizado um cronograma público e previsível para o abastecimento de água potável nas comunidades rurais do município de Bom Jesus do Amparo.</t>
+  </si>
+  <si>
+    <t>834</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
+    <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/834/indicacao_107_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja realizada a repintura das faixas de pedestres e dos quebra-molas em todo o município de Bom Jesus do Amparo, com o objetivo de reforçar a sinalização viária e garantir maior segurança aos pedestres e motoristas.</t>
+  </si>
+  <si>
+    <t>835</t>
+  </si>
+  <si>
+    <t>108</t>
+  </si>
+  <si>
+    <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/835/indicacao_108_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que sejam disponibilizados aparelhos celulares funcionais para as Secretarias Municipais de Transporte e Saúde.</t>
+  </si>
+  <si>
+    <t>836</t>
+  </si>
+  <si>
+    <t>109</t>
+  </si>
+  <si>
+    <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/836/indicacao_109_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja realizada a manutenção dos calçamentos localizados no Morro do Geraldo Dinadina e no morro de calçamento próximo ao Clube do Paulo.</t>
+  </si>
+  <si>
+    <t>837</t>
+  </si>
+  <si>
+    <t>110</t>
+  </si>
+  <si>
+    <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/837/indicacao_110_2025.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar a instalação de dois mata-burros na comunidade do Sapé, sendo um localizado no morro acima da Igreja e outro acima da casa da Rosinha.</t>
+  </si>
+  <si>
+    <t>838</t>
+  </si>
+  <si>
+    <t>111</t>
+  </si>
+  <si>
+    <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/838/indicacao_111_2025.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar uma nova ponte na comunidade barra Santana, localizada perto da casa do Geraldo Tomé e Joaquim.</t>
+  </si>
+  <si>
+    <t>839</t>
+  </si>
+  <si>
+    <t>112</t>
+  </si>
+  <si>
+    <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/839/indicacao_112_2025.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar a compra de dois geradores para os postos de saúde na falta de energia elétrica.</t>
+  </si>
+  <si>
     <t>796</t>
   </si>
   <si>
     <t>MOA</t>
   </si>
   <si>
     <t>Moção de Aplausos</t>
   </si>
   <si>
     <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/796/mocao_aplausos_01_2025.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos aos 3° Sargentos da Polícia Militar de Minas Gerais (PMMG), Hélio Fernando dos Santos e Dionísio Oliveira da Silva.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>Adenir Silva Dias, Claudinei Dias Santos, Edilene Rosa Coelho Ferreira, Elvira Maria Ferreira Mota, Inez Luzia Santos, Joaquim Aparecido dos Santos, Magno Augusto Motta Macieira Drumond, Marcel Peixoto de Melo, Rogério dos Santos</t>
   </si>
   <si>
     <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/760/mocao_aplausos_02_2025.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos às senhoras Lissania, Edilene e Camila, idealizadoras e organizadoras da Cavalgada do Batom, realizada no dia 19 de abril de 2025, neste município, pela brilhante iniciativa que promoveu o resgate cultural, a valorização da mulher e o fortalecimento do comércio e da identidade local.</t>
@@ -1313,50 +1451,89 @@
   <si>
     <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/799/mocao_aplausos_05_2025.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos, com o objetivo de reconhecer e valorizar o esforço, a dedicação e o compromisso dos jovens atletas de nossa cidade que integram a Escola de Futebol BJA Esporte Clube.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/800/mocao_aplausos_06_2025.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos à jovem Ana Clara Fonseca Melo, em reconhecimento ao seu brilhante desempenho e destaque na 42ª Exposição Nacional do Cavalo Mangalarga Marchador, onde conquistou a honrosa colocação entre as 10 melhores competidoras da categoria Gargantilha de Ouro.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/807/mocao_aplausos_07_2025.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos à Advogada Dra. Ana Flávia Souza Queiroz, pelos relevantes serviços prestados à sociedade e pela sua incansável defesa dos direitos das mulheres.</t>
   </si>
   <si>
+    <t>832</t>
+  </si>
+  <si>
+    <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/832/moa_08_2025.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos aos alunos/atletas que representaram com excelência o município na Amepi Olímpico, mostrando talento, dedicação, espírito esportivo e amor pela nossa cidade.</t>
+  </si>
+  <si>
+    <t>830</t>
+  </si>
+  <si>
+    <t>MOAP</t>
+  </si>
+  <si>
+    <t>Moção de Apoio</t>
+  </si>
+  <si>
+    <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/830/moap_02_2025.pdf</t>
+  </si>
+  <si>
+    <t>Destinação de R$ 650 milhões para as obras de duplicação da BR-381, no trecho compreendido entre os municípios de Caeté e Belo Horizonte.</t>
+  </si>
+  <si>
+    <t>831</t>
+  </si>
+  <si>
+    <t>MOP</t>
+  </si>
+  <si>
+    <t>Moção de Pesar</t>
+  </si>
+  <si>
+    <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/831/mop_03_2025.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Pesar à família da Sra. Maria Sandra Lopes.</t>
+  </si>
+  <si>
     <t>809</t>
   </si>
   <si>
     <t>MOR</t>
   </si>
   <si>
     <t>Moção de Repúdio</t>
   </si>
   <si>
     <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/809/mocao_repudio_01_2025.pdf</t>
   </si>
   <si>
     <t>Moção de Repúdio à Concessionária de Rodovia Nova 381 S.A., diante da iminente cobrança de pedágio em um trecho que ainda não foi integralmente duplicado até a capital Belo Horizonte, apresenta péssima sinalização, buracos ao longo da via e condições precárias de manutenção, comprometendo gravemente a segurança dos usuários.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Altera o valor do vale alimentação, instituído pela Lei Municipal n.º 1.507 de 14 de março de 2023.</t>
@@ -1406,102 +1583,162 @@
   <si>
     <t>821</t>
   </si>
   <si>
     <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/821/pl_25_2025.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município de Bom Jesus do Amparo para o exercício financeiro de 2026 e dá outras providências.</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
     <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/822/pl_26_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Política Pública de Assistência Social do município de Bom Jesus do Amparo e dá outras providências.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>PLCM</t>
   </si>
   <si>
-    <t>Projeto de Lei - CM</t>
+    <t>Projeto de Lei – CM</t>
   </si>
   <si>
     <t>Dispõe sobre as faixas de restrição a instalação de fornos de carvão vegetal, e dá outras providências.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>Dispõe sobre a vedação à nomeação ou contratação, no âmbito da Administração Pública Direta e Indireta e do Poder Legislativo do Município de Bom Jesus do Amparo/MG, de pessoas condenadas nos crimes previstos na Lei Federal nº 11.340, de 7 de agosto de 2006 (Lei Maria da Penha), e dá outras providências.</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>Institui a semana municipal da valorização do professor no município de Bom Jesus do Amparo e dá outras providências.</t>
   </si>
   <si>
+    <t>843</t>
+  </si>
+  <si>
+    <t>Institui o mês de novembro como “Novembrinho Azul”, no âmbito do Município, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>844</t>
+  </si>
+  <si>
+    <t>Institui a Política Municipal de Incentivo à Leitura Infantil e Juvenil no âmbito do Município de Bom Jesus do Amparo e dá outras providências.</t>
+  </si>
+  <si>
     <t>764</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
     <t>Cria a Ouvidoria da Câmara Municipal de Bom Jesus do Amparo/MG, nos termos do art. 17 da Lei Federal n° 13.460, de 26 de junho de 2017, e dá outras providências.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>Altera o caput do artigo 37 do Regimento Interno da Câmara Municipal de Bom Jesus do Amparo que altera o dia das Reuniões Ordinárias.</t>
   </si>
   <si>
+    <t>845</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o novo Regimento Interno da Câmara Municipal de Bom Jesus do Amparo do Estado de Minas Gerais.</t>
+  </si>
+  <si>
+    <t>846</t>
+  </si>
+  <si>
+    <t>Concede diploma de honra ao mérito conforme disposto na Lei Municipal n.º 365/1979.</t>
+  </si>
+  <si>
+    <t>841</t>
+  </si>
+  <si>
+    <t>Aprova as contas do Exercício de 2016 prestadas pelo senhor Prefeito Pedro dos Santos Moreira.</t>
+  </si>
+  <si>
+    <t>842</t>
+  </si>
+  <si>
+    <t>Concede o Diploma de Honra ao Mérito Legislativo a Personalidades indicadas pelos Vereadores, em comemoração aos 72 anos de Emancipação Política e Administrativa do Município de Bom Jesus Do Amparo, e dá outras Providências.</t>
+  </si>
+  <si>
+    <t>847</t>
+  </si>
+  <si>
+    <t>PELO</t>
+  </si>
+  <si>
+    <t>Proposta de Emenda à Lei Orgânica</t>
+  </si>
+  <si>
+    <t>Lei Orgânica do Município de Bom Jesus do Amparo do Estado de Minas Gerais.</t>
+  </si>
+  <si>
     <t>808</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/808/requerimento_01_2025.pdf</t>
   </si>
   <si>
     <t>Requer que seja encaminhado ofício à COMPANHIA ENERGÉTICA DE MINAS GERAIS - CEMIG, solicitando esclarecimentos e providências urgentes quanto aos graves problemas no fornecimento de energia elétrica no município de Bom Jesus do Amparo.</t>
+  </si>
+  <si>
+    <t>840</t>
+  </si>
+  <si>
+    <t>Adenir Silva Dias, Claudinei Dias Santos, Elvira Maria Ferreira Mota, Inez Luzia Santos</t>
+  </si>
+  <si>
+    <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/840/requerimento_04_2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações e documentos referentes a convênio celebrado com o Sindicato dos Produtores Rurais de Bom Jesus do Amparo, para fins de fiscalização e transparência.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1805,68 +2042,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/703/indicacao_01_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/718/indicacao_02_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/704/indicacao_03_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/705/indicacao_04_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/706/indicacao_05_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/707/indicacao_06_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/708/indicacao_07_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/709/indicacao_08_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/710/indicacao_09_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/711/indicacao_10_2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/712/indicacao_11_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/713/indicacao_12_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/714/indicacao_13_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/715/indicacao_14_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/716/indicacao_15_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/717/indicacao_16_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/719/indicacao_17_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/720/indicacao_18_2025_.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/721/indicacao_19_2025_.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/722/indicacao_20_2025_.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/723/indicacao_21_2025_.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/724/indicacao_22_2025_.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/725/indicacao_23_2025_.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/726/indicacao_24_2025_.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/727/indicacao_25_2025_.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/728/indicacao_26_2025_.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/729/indicacao_27_2025_.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/730/indicacao_28_2025_.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/731/indicacao_29_2025_.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/732/indicacao_30_2025_.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/733/indicacao_31_2025_.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/734/indicacao_32_2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/735/indicacao_33_2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/736/indicacao_34_2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/737/indicacao_35_2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/738/indicacao_36_2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/739/indicacao_37_2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/740/indicacao_38_2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/741/indicacao_39_2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/742/indicacao_40_2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/743/indicacao_41_2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/744/indicacao_42_2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/745/indicacao_43_2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/746/indicacao_44_2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/747/indicacao_46_2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/748/indicacao_47_2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/749/indicacao_48_2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/750/indicacao_49_2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/751/indicacao_50_2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/752/indicacao_51_2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/754/indicacao_53_2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/755/indicacao_55_2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/756/indicacao_56_2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/757/indicacao_57_2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/758/indicacao_58_2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/759/indicacao_59_2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/761/indicacao_60_2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/762/indicacao_61_2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/763/indicacao_62_2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/765/indicacao_63_2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/766/indicacao_64_2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/767/indicacao_65_2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/768/indicacao_66_2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/769/indicacao_67_2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/770/indicacao_68_2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/771/indicacao_69_2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/777/indicacao_70_2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/778/indicacao_72_2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/779/indicacao_73_2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/780/indicacao_74_2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/781/indicacao_75_2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/782/indicacao_76_2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/783/indicacao_77_2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/784/indicacao_78_2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/785/indicacao_79_2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/786/indicacao_80_2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/787/indicacao_81_2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/788/indicacao_82_2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/794/indicacao_83_2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/795/indicacao_84_2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/802/indicacao_85_2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/803/indicacao_86_2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/804/indicacao_87_2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/805/indicacao_88_2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/806/indicacao_89_2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/810/indicacao_90_2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/811/indicacao_91_2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/812/indicacao_92_2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/813/indicacao_93_2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/814/indicacao_94_2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/815/indicacao_95_2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/816/indicacao_96_2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/817/indicacao_97_2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/818/indicacao_98_2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/819/indicacao_99_2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/796/mocao_aplausos_01_2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/760/mocao_aplausos_02_2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/797/mocao_aplausos_03_2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/798/mocao_aplausos_04_2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/799/mocao_aplausos_05_2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/800/mocao_aplausos_06_2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/807/mocao_aplausos_07_2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/809/mocao_repudio_01_2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/820/pl_24_2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/821/pl_25_2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/822/pl_26_2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/808/requerimento_01_2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/824/emenda_01_pl_07_2025_cm.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/825/emenda_02_pl_07_2025_cm.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/703/indicacao_01_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/718/indicacao_02_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/704/indicacao_03_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/705/indicacao_04_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/706/indicacao_05_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/707/indicacao_06_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/708/indicacao_07_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/709/indicacao_08_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/710/indicacao_09_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/711/indicacao_10_2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/712/indicacao_11_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/713/indicacao_12_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/714/indicacao_13_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/715/indicacao_14_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/716/indicacao_15_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/717/indicacao_16_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/719/indicacao_17_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/720/indicacao_18_2025_.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/721/indicacao_19_2025_.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/722/indicacao_20_2025_.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/723/indicacao_21_2025_.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/724/indicacao_22_2025_.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/725/indicacao_23_2025_.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/726/indicacao_24_2025_.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/727/indicacao_25_2025_.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/728/indicacao_26_2025_.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/729/indicacao_27_2025_.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/730/indicacao_28_2025_.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/731/indicacao_29_2025_.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/732/indicacao_30_2025_.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/733/indicacao_31_2025_.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/734/indicacao_32_2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/735/indicacao_33_2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/736/indicacao_34_2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/737/indicacao_35_2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/738/indicacao_36_2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/739/indicacao_37_2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/740/indicacao_38_2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/741/indicacao_39_2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/742/indicacao_40_2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/743/indicacao_41_2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/744/indicacao_42_2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/745/indicacao_43_2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/746/indicacao_44_2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/747/indicacao_46_2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/748/indicacao_47_2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/749/indicacao_48_2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/750/indicacao_49_2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/751/indicacao_50_2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/752/indicacao_51_2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/754/indicacao_53_2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/755/indicacao_55_2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/756/indicacao_56_2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/757/indicacao_57_2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/758/indicacao_58_2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/759/indicacao_59_2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/761/indicacao_60_2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/762/indicacao_61_2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/763/indicacao_62_2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/765/indicacao_63_2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/766/indicacao_64_2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/767/indicacao_65_2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/768/indicacao_66_2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/769/indicacao_67_2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/770/indicacao_68_2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/771/indicacao_69_2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/777/indicacao_70_2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/778/indicacao_72_2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/779/indicacao_73_2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/780/indicacao_74_2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/781/indicacao_75_2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/782/indicacao_76_2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/783/indicacao_77_2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/784/indicacao_78_2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/785/indicacao_79_2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/786/indicacao_80_2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/787/indicacao_81_2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/788/indicacao_82_2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/794/indicacao_83_2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/795/indicacao_84_2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/802/indicacao_85_2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/803/indicacao_86_2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/804/indicacao_87_2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/805/indicacao_88_2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/806/indicacao_89_2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/810/indicacao_90_2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/811/indicacao_91_2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/812/indicacao_92_2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/813/indicacao_93_2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/814/indicacao_94_2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/815/indicacao_95_2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/816/indicacao_96_2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/817/indicacao_97_2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/818/indicacao_98_2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/819/indicacao_99_2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/826/indicacao_102_2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/827/indicacao_103_2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/828/indicacao_104_2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/829/indicacao_105_2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/833/indicacao_106_2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/834/indicacao_107_2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/835/indicacao_108_2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/836/indicacao_109_2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/837/indicacao_110_2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/838/indicacao_111_2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/839/indicacao_112_2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/796/mocao_aplausos_01_2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/760/mocao_aplausos_02_2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/797/mocao_aplausos_03_2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/798/mocao_aplausos_04_2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/799/mocao_aplausos_05_2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/800/mocao_aplausos_06_2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/807/mocao_aplausos_07_2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/832/moa_08_2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/830/moap_02_2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/831/mop_03_2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/809/mocao_repudio_01_2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/820/pl_24_2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/821/pl_25_2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/822/pl_26_2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/808/requerimento_01_2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/840/requerimento_04_2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H122"/>
+  <dimension ref="A1:H144"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="206.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="108.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="110.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -1894,3140 +2131,3715 @@
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
+      <c r="F3" t="s">
+        <v>18</v>
+      </c>
       <c r="G3" s="1" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="H3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="H4" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E5" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F5" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="H5" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F6" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="H6" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E7" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F7" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="H7" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F8" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="H8" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F9" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="H9" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D10" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E10" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F10" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="H10" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="D11" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E11" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F11" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="H11" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="D12" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E12" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F12" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="H12" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="D13" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E13" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F13" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="H13" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="D14" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E14" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F14" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="H14" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="D15" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E15" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F15" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="H15" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="D16" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E16" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F16" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="H16" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="D17" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E17" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F17" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="H17" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="D18" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E18" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F18" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H18" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="D19" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E19" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F19" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="H19" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="D20" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E20" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F20" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="H20" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D21" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E21" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F21" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="H21" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="D22" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E22" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F22" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="H22" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="D23" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E23" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F23" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="H23" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="D24" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E24" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F24" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="H24" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="D25" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E25" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F25" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="H25" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="D26" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E26" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F26" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="H26" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="D27" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E27" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F27" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="H27" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="D28" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E28" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F28" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="H28" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="D29" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E29" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F29" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="H29" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="D30" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E30" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F30" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="H30" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D31" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E31" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F31" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="H31" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="D32" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E32" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F32" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="H32" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="D33" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E33" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F33" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="H33" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="D34" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E34" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F34" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="H34" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="D35" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E35" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F35" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="H35" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="D36" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E36" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F36" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="H36" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="D37" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E37" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F37" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="H37" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="D38" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E38" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F38" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="H38" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="D39" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E39" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F39" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="H39" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="D40" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E40" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F40" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="H40" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="D41" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E41" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F41" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="H41" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="D42" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E42" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F42" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="H42" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="D43" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E43" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F43" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="H43" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="D44" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E44" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F44" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="H44" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="D45" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E45" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F45" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="H45" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D46" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E46" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F46" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="H46" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="D47" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E47" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F47" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="H47" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="D48" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E48" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F48" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="H48" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="D49" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E49" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F49" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="H49" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="D50" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E50" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F50" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="H50" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="D51" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E51" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F51" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="H51" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="D52" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E52" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F52" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="H52" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="D53" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E53" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="H53" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="D54" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E54" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="H54" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="D55" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E55" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F55" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="H55" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="D56" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E56" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F56" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="H56" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="D57" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E57" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F57" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="H57" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="D58" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E58" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F58" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="H58" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="D59" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E59" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F59" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="H59" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="D60" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E60" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F60" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="H60" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="D61" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E61" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F61" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="H61" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="D62" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E62" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="H62" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="D63" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E63" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F63" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="H63" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="D64" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E64" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F64" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="H64" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="D65" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E65" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F65" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="H65" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="D66" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E66" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F66" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="H66" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="D67" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E67" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F67" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="H67" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="D68" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E68" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F68" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="H68" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="D69" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E69" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F69" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="H69" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="D70" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E70" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F70" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="H70" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="D71" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E71" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F71" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="H71" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="D72" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E72" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F72" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="H72" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="D73" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E73" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F73" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="H73" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="D74" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E74" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F74" t="s">
         <v>13</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="H74" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="D75" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E75" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F75" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="H75" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="D76" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E76" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F76" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="H76" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="D77" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E77" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F77" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="H77" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="D78" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E78" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F78" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="H78" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="D79" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E79" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F79" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="H79" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="D80" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E80" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F80" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="H80" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="D81" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E81" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F81" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="H81" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="D82" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E82" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F82" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="H82" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="D83" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E83" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F83" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="H83" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="D84" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E84" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F84" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="H84" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="D85" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E85" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F85" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="H85" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="D86" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E86" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F86" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="H86" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="D87" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E87" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F87" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="H87" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="D88" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E88" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F88" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="H88" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="D89" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E89" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F89" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="H89" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="D90" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E90" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F90" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="H90" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="D91" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E91" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F91" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="H91" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="D92" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E92" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F92" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="H92" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="D93" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E93" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F93" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="H93" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="D94" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E94" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F94" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="H94" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="D95" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E95" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F95" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="H95" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="D96" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E96" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F96" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="H96" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="D97" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E97" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F97" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="H97" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="D98" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E98" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F98" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="H98" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="D99" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E99" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F99" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="H99" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>10</v>
+        <v>412</v>
       </c>
       <c r="D100" t="s">
-        <v>410</v>
+        <v>26</v>
       </c>
       <c r="E100" t="s">
-        <v>411</v>
+        <v>27</v>
       </c>
       <c r="F100" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="H100" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>17</v>
+        <v>416</v>
       </c>
       <c r="D101" t="s">
-        <v>410</v>
+        <v>26</v>
       </c>
       <c r="E101" t="s">
-        <v>411</v>
+        <v>27</v>
       </c>
       <c r="F101" t="s">
-        <v>415</v>
+        <v>18</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="H101" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>20</v>
+        <v>420</v>
       </c>
       <c r="D102" t="s">
-        <v>410</v>
+        <v>26</v>
       </c>
       <c r="E102" t="s">
-        <v>411</v>
+        <v>27</v>
       </c>
       <c r="F102" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="H102" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>35</v>
+        <v>424</v>
       </c>
       <c r="D103" t="s">
-        <v>410</v>
+        <v>26</v>
       </c>
       <c r="E103" t="s">
-        <v>411</v>
+        <v>27</v>
       </c>
       <c r="F103" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="H103" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>39</v>
+        <v>428</v>
       </c>
       <c r="D104" t="s">
-        <v>410</v>
+        <v>26</v>
       </c>
       <c r="E104" t="s">
-        <v>411</v>
+        <v>27</v>
       </c>
       <c r="F104" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="H104" t="s">
-        <v>426</v>
+        <v>430</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>427</v>
+        <v>431</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>43</v>
+        <v>432</v>
       </c>
       <c r="D105" t="s">
-        <v>410</v>
+        <v>26</v>
       </c>
       <c r="E105" t="s">
-        <v>411</v>
+        <v>27</v>
       </c>
       <c r="F105" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="H105" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>47</v>
+        <v>436</v>
       </c>
       <c r="D106" t="s">
-        <v>410</v>
+        <v>26</v>
       </c>
       <c r="E106" t="s">
-        <v>411</v>
+        <v>27</v>
       </c>
       <c r="F106" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>431</v>
+        <v>437</v>
       </c>
       <c r="H106" t="s">
-        <v>432</v>
+        <v>438</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>433</v>
+        <v>439</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>10</v>
+        <v>440</v>
       </c>
       <c r="D107" t="s">
-        <v>434</v>
+        <v>26</v>
       </c>
       <c r="E107" t="s">
-        <v>435</v>
+        <v>27</v>
       </c>
       <c r="F107" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>436</v>
+        <v>441</v>
       </c>
       <c r="H107" t="s">
-        <v>437</v>
+        <v>442</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>438</v>
+        <v>443</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>17</v>
+        <v>444</v>
       </c>
       <c r="D108" t="s">
-        <v>439</v>
+        <v>26</v>
       </c>
       <c r="E108" t="s">
-        <v>440</v>
+        <v>27</v>
+      </c>
+      <c r="F108" t="s">
+        <v>387</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>14</v>
+        <v>445</v>
       </c>
       <c r="H108" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>93</v>
+        <v>448</v>
       </c>
       <c r="D109" t="s">
-        <v>439</v>
+        <v>26</v>
       </c>
       <c r="E109" t="s">
-        <v>440</v>
+        <v>27</v>
       </c>
       <c r="F109" t="s">
-        <v>443</v>
+        <v>387</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>14</v>
+        <v>449</v>
       </c>
       <c r="H109" t="s">
-        <v>444</v>
+        <v>450</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>445</v>
+        <v>451</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>101</v>
+        <v>452</v>
       </c>
       <c r="D110" t="s">
-        <v>439</v>
+        <v>26</v>
       </c>
       <c r="E110" t="s">
-        <v>440</v>
+        <v>27</v>
       </c>
       <c r="F110" t="s">
-        <v>443</v>
+        <v>152</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>14</v>
+        <v>453</v>
       </c>
       <c r="H110" t="s">
-        <v>446</v>
+        <v>454</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>447</v>
+        <v>455</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>105</v>
+        <v>10</v>
       </c>
       <c r="D111" t="s">
-        <v>439</v>
+        <v>456</v>
       </c>
       <c r="E111" t="s">
-        <v>440</v>
+        <v>457</v>
       </c>
       <c r="F111" t="s">
-        <v>443</v>
+        <v>28</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>14</v>
+        <v>458</v>
       </c>
       <c r="H111" t="s">
-        <v>448</v>
+        <v>459</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>449</v>
+        <v>460</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>109</v>
+        <v>17</v>
       </c>
       <c r="D112" t="s">
-        <v>439</v>
+        <v>456</v>
       </c>
       <c r="E112" t="s">
-        <v>440</v>
+        <v>457</v>
       </c>
       <c r="F112" t="s">
-        <v>443</v>
+        <v>461</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>14</v>
+        <v>462</v>
       </c>
       <c r="H112" t="s">
-        <v>450</v>
+        <v>463</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>451</v>
+        <v>464</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>113</v>
+        <v>22</v>
       </c>
       <c r="D113" t="s">
-        <v>439</v>
+        <v>456</v>
       </c>
       <c r="E113" t="s">
-        <v>440</v>
+        <v>457</v>
       </c>
       <c r="F113" t="s">
-        <v>443</v>
+        <v>13</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>14</v>
+        <v>465</v>
       </c>
       <c r="H113" t="s">
-        <v>452</v>
+        <v>466</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>453</v>
+        <v>467</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>117</v>
+        <v>38</v>
       </c>
       <c r="D114" t="s">
-        <v>439</v>
+        <v>456</v>
       </c>
       <c r="E114" t="s">
-        <v>440</v>
+        <v>457</v>
       </c>
       <c r="F114" t="s">
-        <v>443</v>
+        <v>13</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>454</v>
+        <v>468</v>
       </c>
       <c r="H114" t="s">
-        <v>455</v>
+        <v>469</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
+        <v>470</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
+        <v>42</v>
+      </c>
+      <c r="D115" t="s">
         <v>456</v>
       </c>
-      <c r="B115" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E115" t="s">
-        <v>440</v>
+        <v>457</v>
       </c>
       <c r="F115" t="s">
-        <v>443</v>
+        <v>28</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>457</v>
+        <v>471</v>
       </c>
       <c r="H115" t="s">
-        <v>458</v>
+        <v>472</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>459</v>
+        <v>473</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>125</v>
+        <v>46</v>
       </c>
       <c r="D116" t="s">
-        <v>439</v>
+        <v>456</v>
       </c>
       <c r="E116" t="s">
-        <v>440</v>
+        <v>457</v>
       </c>
       <c r="F116" t="s">
-        <v>443</v>
+        <v>18</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>460</v>
+        <v>474</v>
       </c>
       <c r="H116" t="s">
-        <v>461</v>
+        <v>475</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>462</v>
+        <v>476</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>39</v>
+        <v>50</v>
       </c>
       <c r="D117" t="s">
-        <v>463</v>
+        <v>456</v>
       </c>
       <c r="E117" t="s">
-        <v>464</v>
+        <v>457</v>
       </c>
       <c r="F117" t="s">
-        <v>195</v>
+        <v>18</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>14</v>
+        <v>477</v>
       </c>
       <c r="H117" t="s">
-        <v>465</v>
+        <v>478</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>466</v>
+        <v>479</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>43</v>
+        <v>54</v>
       </c>
       <c r="D118" t="s">
-        <v>463</v>
+        <v>456</v>
       </c>
       <c r="E118" t="s">
-        <v>464</v>
+        <v>457</v>
       </c>
       <c r="F118" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>14</v>
+        <v>480</v>
       </c>
       <c r="H118" t="s">
-        <v>467</v>
+        <v>481</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>468</v>
+        <v>482</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>47</v>
+        <v>17</v>
       </c>
       <c r="D119" t="s">
-        <v>463</v>
+        <v>483</v>
       </c>
       <c r="E119" t="s">
-        <v>464</v>
+        <v>484</v>
       </c>
       <c r="F119" t="s">
-        <v>72</v>
+        <v>152</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="H119" t="s">
-        <v>469</v>
+        <v>486</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>470</v>
+        <v>487</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D120" t="s">
-        <v>471</v>
+        <v>488</v>
       </c>
       <c r="E120" t="s">
-        <v>472</v>
+        <v>489</v>
       </c>
       <c r="F120" t="s">
-        <v>473</v>
+        <v>28</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>14</v>
+        <v>490</v>
       </c>
       <c r="H120" t="s">
-        <v>474</v>
+        <v>491</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>475</v>
+        <v>492</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="D121" t="s">
-        <v>471</v>
+        <v>493</v>
       </c>
       <c r="E121" t="s">
-        <v>472</v>
+        <v>494</v>
+      </c>
+      <c r="F121" t="s">
+        <v>13</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>14</v>
+        <v>495</v>
       </c>
       <c r="H121" t="s">
-        <v>476</v>
+        <v>496</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>477</v>
+        <v>497</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
+        <v>17</v>
+      </c>
+      <c r="D122" t="s">
+        <v>498</v>
+      </c>
+      <c r="E122" t="s">
+        <v>499</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H122" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8">
+      <c r="A123" t="s">
+        <v>501</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>95</v>
+      </c>
+      <c r="D123" t="s">
+        <v>498</v>
+      </c>
+      <c r="E123" t="s">
+        <v>499</v>
+      </c>
+      <c r="F123" t="s">
+        <v>502</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H123" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8">
+      <c r="A124" t="s">
+        <v>504</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>103</v>
+      </c>
+      <c r="D124" t="s">
+        <v>498</v>
+      </c>
+      <c r="E124" t="s">
+        <v>499</v>
+      </c>
+      <c r="F124" t="s">
+        <v>502</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H124" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8">
+      <c r="A125" t="s">
+        <v>506</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
+        <v>107</v>
+      </c>
+      <c r="D125" t="s">
+        <v>498</v>
+      </c>
+      <c r="E125" t="s">
+        <v>499</v>
+      </c>
+      <c r="F125" t="s">
+        <v>502</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H125" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8">
+      <c r="A126" t="s">
+        <v>508</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
+        <v>111</v>
+      </c>
+      <c r="D126" t="s">
+        <v>498</v>
+      </c>
+      <c r="E126" t="s">
+        <v>499</v>
+      </c>
+      <c r="F126" t="s">
+        <v>502</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H126" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8">
+      <c r="A127" t="s">
+        <v>510</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>115</v>
+      </c>
+      <c r="D127" t="s">
+        <v>498</v>
+      </c>
+      <c r="E127" t="s">
+        <v>499</v>
+      </c>
+      <c r="F127" t="s">
+        <v>502</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H127" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8">
+      <c r="A128" t="s">
+        <v>512</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>119</v>
+      </c>
+      <c r="D128" t="s">
+        <v>498</v>
+      </c>
+      <c r="E128" t="s">
+        <v>499</v>
+      </c>
+      <c r="F128" t="s">
+        <v>502</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="H128" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8">
+      <c r="A129" t="s">
+        <v>515</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
+        <v>123</v>
+      </c>
+      <c r="D129" t="s">
+        <v>498</v>
+      </c>
+      <c r="E129" t="s">
+        <v>499</v>
+      </c>
+      <c r="F129" t="s">
+        <v>502</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="H129" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8">
+      <c r="A130" t="s">
+        <v>518</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
+        <v>127</v>
+      </c>
+      <c r="D130" t="s">
+        <v>498</v>
+      </c>
+      <c r="E130" t="s">
+        <v>499</v>
+      </c>
+      <c r="F130" t="s">
+        <v>502</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="H130" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8">
+      <c r="A131" t="s">
+        <v>521</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>42</v>
+      </c>
+      <c r="D131" t="s">
+        <v>522</v>
+      </c>
+      <c r="E131" t="s">
+        <v>523</v>
+      </c>
+      <c r="F131" t="s">
+        <v>197</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H131" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8">
+      <c r="A132" t="s">
+        <v>525</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>46</v>
+      </c>
+      <c r="D132" t="s">
+        <v>522</v>
+      </c>
+      <c r="E132" t="s">
+        <v>523</v>
+      </c>
+      <c r="F132" t="s">
+        <v>18</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H132" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8">
+      <c r="A133" t="s">
+        <v>527</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>50</v>
+      </c>
+      <c r="D133" t="s">
+        <v>522</v>
+      </c>
+      <c r="E133" t="s">
+        <v>523</v>
+      </c>
+      <c r="F133" t="s">
+        <v>18</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H133" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8">
+      <c r="A134" t="s">
+        <v>529</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>54</v>
+      </c>
+      <c r="D134" t="s">
+        <v>522</v>
+      </c>
+      <c r="E134" t="s">
+        <v>523</v>
+      </c>
+      <c r="F134" t="s">
+        <v>210</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H134" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8">
+      <c r="A135" t="s">
+        <v>531</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>58</v>
+      </c>
+      <c r="D135" t="s">
+        <v>522</v>
+      </c>
+      <c r="E135" t="s">
+        <v>523</v>
+      </c>
+      <c r="F135" t="s">
+        <v>28</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H135" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8">
+      <c r="A136" t="s">
+        <v>533</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
         <v>10</v>
       </c>
-      <c r="D122" t="s">
-[...5 lines deleted...]
-      <c r="F122" t="s">
+      <c r="D136" t="s">
+        <v>534</v>
+      </c>
+      <c r="E136" t="s">
+        <v>535</v>
+      </c>
+      <c r="F136" t="s">
+        <v>536</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H136" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8">
+      <c r="A137" t="s">
+        <v>538</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
+        <v>22</v>
+      </c>
+      <c r="D137" t="s">
+        <v>534</v>
+      </c>
+      <c r="E137" t="s">
+        <v>535</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H137" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8">
+      <c r="A138" t="s">
+        <v>540</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>38</v>
+      </c>
+      <c r="D138" t="s">
+        <v>534</v>
+      </c>
+      <c r="E138" t="s">
+        <v>535</v>
+      </c>
+      <c r="F138" t="s">
+        <v>536</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H138" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8">
+      <c r="A139" t="s">
+        <v>542</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
+        <v>42</v>
+      </c>
+      <c r="D139" t="s">
+        <v>534</v>
+      </c>
+      <c r="E139" t="s">
+        <v>535</v>
+      </c>
+      <c r="F139" t="s">
+        <v>536</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H139" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8">
+      <c r="A140" t="s">
+        <v>544</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>46</v>
+      </c>
+      <c r="D140" t="s">
+        <v>534</v>
+      </c>
+      <c r="E140" t="s">
+        <v>535</v>
+      </c>
+      <c r="F140" t="s">
+        <v>536</v>
+      </c>
+      <c r="G140" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H140" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8">
+      <c r="A141" t="s">
+        <v>546</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
+        <v>50</v>
+      </c>
+      <c r="D141" t="s">
+        <v>534</v>
+      </c>
+      <c r="E141" t="s">
+        <v>535</v>
+      </c>
+      <c r="F141" t="s">
+        <v>536</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H141" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8">
+      <c r="A142" t="s">
+        <v>548</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
+        <v>10</v>
+      </c>
+      <c r="D142" t="s">
+        <v>549</v>
+      </c>
+      <c r="E142" t="s">
+        <v>550</v>
+      </c>
+      <c r="F142" t="s">
+        <v>536</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H142" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8">
+      <c r="A143" t="s">
+        <v>552</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>10</v>
+      </c>
+      <c r="D143" t="s">
+        <v>553</v>
+      </c>
+      <c r="E143" t="s">
+        <v>554</v>
+      </c>
+      <c r="F143" t="s">
         <v>13</v>
       </c>
-      <c r="G122" s="1" t="s">
-[...3 lines deleted...]
-        <v>481</v>
+      <c r="G143" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="H143" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8">
+      <c r="A144" t="s">
+        <v>557</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
+        <v>38</v>
+      </c>
+      <c r="D144" t="s">
+        <v>553</v>
+      </c>
+      <c r="E144" t="s">
+        <v>554</v>
+      </c>
+      <c r="F144" t="s">
+        <v>558</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="H144" t="s">
+        <v>560</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -5109,50 +5921,72 @@
     <hyperlink ref="G98" r:id="rId97"/>
     <hyperlink ref="G99" r:id="rId98"/>
     <hyperlink ref="G100" r:id="rId99"/>
     <hyperlink ref="G101" r:id="rId100"/>
     <hyperlink ref="G102" r:id="rId101"/>
     <hyperlink ref="G103" r:id="rId102"/>
     <hyperlink ref="G104" r:id="rId103"/>
     <hyperlink ref="G105" r:id="rId104"/>
     <hyperlink ref="G106" r:id="rId105"/>
     <hyperlink ref="G107" r:id="rId106"/>
     <hyperlink ref="G108" r:id="rId107"/>
     <hyperlink ref="G109" r:id="rId108"/>
     <hyperlink ref="G110" r:id="rId109"/>
     <hyperlink ref="G111" r:id="rId110"/>
     <hyperlink ref="G112" r:id="rId111"/>
     <hyperlink ref="G113" r:id="rId112"/>
     <hyperlink ref="G114" r:id="rId113"/>
     <hyperlink ref="G115" r:id="rId114"/>
     <hyperlink ref="G116" r:id="rId115"/>
     <hyperlink ref="G117" r:id="rId116"/>
     <hyperlink ref="G118" r:id="rId117"/>
     <hyperlink ref="G119" r:id="rId118"/>
     <hyperlink ref="G120" r:id="rId119"/>
     <hyperlink ref="G121" r:id="rId120"/>
     <hyperlink ref="G122" r:id="rId121"/>
+    <hyperlink ref="G123" r:id="rId122"/>
+    <hyperlink ref="G124" r:id="rId123"/>
+    <hyperlink ref="G125" r:id="rId124"/>
+    <hyperlink ref="G126" r:id="rId125"/>
+    <hyperlink ref="G127" r:id="rId126"/>
+    <hyperlink ref="G128" r:id="rId127"/>
+    <hyperlink ref="G129" r:id="rId128"/>
+    <hyperlink ref="G130" r:id="rId129"/>
+    <hyperlink ref="G131" r:id="rId130"/>
+    <hyperlink ref="G132" r:id="rId131"/>
+    <hyperlink ref="G133" r:id="rId132"/>
+    <hyperlink ref="G134" r:id="rId133"/>
+    <hyperlink ref="G135" r:id="rId134"/>
+    <hyperlink ref="G136" r:id="rId135"/>
+    <hyperlink ref="G137" r:id="rId136"/>
+    <hyperlink ref="G138" r:id="rId137"/>
+    <hyperlink ref="G139" r:id="rId138"/>
+    <hyperlink ref="G140" r:id="rId139"/>
+    <hyperlink ref="G141" r:id="rId140"/>
+    <hyperlink ref="G142" r:id="rId141"/>
+    <hyperlink ref="G143" r:id="rId142"/>
+    <hyperlink ref="G144" r:id="rId143"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>