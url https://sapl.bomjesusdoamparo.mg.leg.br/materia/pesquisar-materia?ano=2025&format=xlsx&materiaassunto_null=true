--- v1 (2025-12-05)
+++ v2 (2026-01-23)
@@ -10,167 +10,176 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1149" uniqueCount="561">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1237" uniqueCount="597">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>Magno Augusto Motta Macieira Drumond</t>
   </si>
   <si>
     <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/</t>
   </si>
   <si>
-    <t>Emenda Modificativa nº 01/2025 - Modifica os Artigos 3º e 5º no Projeto de Lei nº 05/2025 Que dispões sobre as faixas de restrição a instalação de fornos de carvão vegetal, e dá outras providências.</t>
+    <t>Emenda Modificativa nº 01/2025 ao Projeto de Lei nº 05/2025 – CM.</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Marcel Peixoto de Melo</t>
   </si>
   <si>
     <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/824/emenda_01_pl_07_2025_cm.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa nº 01 ao Projeto de Lei nº 07/2025 – CM.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/825/emenda_02_pl_07_2025_cm.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa nº 02 ao Projeto de Lei nº 07/2025 – CM.</t>
   </si>
   <si>
+    <t>856</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>Inez Luzia Santos</t>
+  </si>
+  <si>
+    <t>Emenda Modificativa nº 01 ao Projeto de Lei nº 09/2025 – CM.</t>
+  </si>
+  <si>
     <t>703</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Adenir Silva Dias</t>
   </si>
   <si>
     <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/703/indicacao_01_2025.pdf</t>
   </si>
   <si>
     <t>Necessidade de construção de uma pista de acesso à guarita no ponto de ônibus localizado no trevo da Rocinha, em frente ao restaurante Dona Maria, na MG-434. Melhorando o acesso e dando mais segurança.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
     <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/718/indicacao_02_2025.pdf</t>
   </si>
   <si>
     <t>Necessidade de realizar um levantamento detalhado sobre o número de acidentes, incluindo casos com vítimas fatais e mutilações, ocorridos na Rodovia Ivart João dos Santos, principalmente na Curva da Torre.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/704/indicacao_03_2025.pdf</t>
   </si>
   <si>
     <t>Necessidade de elaborar um planejamento e estruturação do estacionamento de veículos na Rua Tenente Antônio Manoel da Fonseca, incluindo a implantação de sentidos de mão e contramão, bem como a definição de áreas específicas para carga e descarga de mercadorias, com sinalização adequada. Essa medida visa otimizar o fluxo de carros e caminhões na principal via de acesso ao centro da cidade.</t>
   </si>
   <si>
     <t>705</t>
-  </si>
-[...1 lines deleted...]
-    <t>4</t>
   </si>
   <si>
     <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/705/indicacao_04_2025.pdf</t>
   </si>
   <si>
     <t>Necessidade de realizar a limpeza externa e interna do Ginásio Poliesportivo Lilite Motta, considerando que crianças e adolescentes da cidade ainda utilizam o espaço.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/706/indicacao_05_2025.pdf</t>
   </si>
   <si>
     <t>Necessidade de realizar o calçamento e a substituição do mata-burro, na estrada que dá acesso a dois loteamentos recentemente transformados em área urbana, na região do Chiquito Matias, especificamente na Fazenda Pouso Alegre.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
     <t>6</t>
   </si>
@@ -712,50 +721,62 @@
   <si>
     <t>752</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/752/indicacao_51_2025.pdf</t>
   </si>
   <si>
     <t>Solicita providências urgentes quanto à captação, tratamento e distribuição de água no bairro Estâncias da Serra, diante dos problemas recorrentes enfrentados pelos moradores.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/754/indicacao_53_2025.pdf</t>
   </si>
   <si>
     <t>Que sejam adotadas providências para a realização de limpeza geral em todas as ruas da comunidade de Fernando Soares, com atenção especial à praça central da localidade.</t>
   </si>
   <si>
+    <t>848</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/848/indicacao_54_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que sejam adotadas providências para cercar o lote de propriedade da Prefeitura Municipal de Bom Jesus do Amparo, localizado no bairro Padre Pessoa, bem como para instalar placa de sinalização proibindo o descarte de lixo no local.</t>
+  </si>
+  <si>
     <t>755</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/755/indicacao_55_2025.pdf</t>
   </si>
   <si>
     <t>Necessidade de construção e estruturação de uma praça pública, com playground e academia ao ar livre, no Bairro Padre Pessoa, considerando que o referido bairro se encontra atualmente em processo de pavimentação de suas vias.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/756/indicacao_56_2025.pdf</t>
   </si>
   <si>
     <t>Que sejam adotadas as providências necessárias para instalação de um sistema de aquecimento solar de água nas Creches Núcleo Infantil Pequeno Irmãozinho, localizada na comunidade do Felipe, e Dona Maria Claudina Dias Duarte, localizada no Campolar, ambas nesta cidade de Bom Jesus do Amparo/MG.</t>
   </si>
   <si>
     <t>757</t>
@@ -1175,53 +1196,50 @@
   <si>
     <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/812/indicacao_92_2025.pdf</t>
   </si>
   <si>
     <t>Necessidade de encaminhar à Secretaria Municipal competente que seja realizado o serviço de roçada em todo município, garantindo a limpeza e manutenção do espaço público, além de maior segurança e bem-estar para os moradores.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/813/indicacao_93_2025.pdf</t>
   </si>
   <si>
     <t>Que seja realizada, com urgência, a manutenção do calçamento da Comunidade do Pião, tendo em vista que o material necessário já se encontra disponível no local, e também o calçamento das Três Barras próximo à casa da Sra. Dora.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>Inez Luzia Santos</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/814/indicacao_94_2025.pdf</t>
   </si>
   <si>
     <t>Que seja denominada Rua Joaquim Ambrósio a via que parte da rua principal em direção ao loteamento localizado na entrada da Comunidade Quilombola.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/815/indicacao_95_2025.pdf</t>
   </si>
   <si>
     <t>Necessidade de colocar quebra-molas, em todas as ruas na comunidade Felipe.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>Elvira Maria Ferreira Mota</t>
@@ -1247,50 +1265,74 @@
   <si>
     <t>818</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/818/indicacao_98_2025.pdf</t>
   </si>
   <si>
     <t>Que seja instalado um braço de iluminação no poste localizado na Rua Vicente Gonçalves, no bairro São Francisco de Assis, bem como uma luminária no poste situado na esquina da mesma rua, visando melhorar a visibilidade e a segurança dos moradores que transitam pelo local no período noturno.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/819/indicacao_99_2025.pdf</t>
   </si>
   <si>
     <t>Que seja providenciada a ligação do poço artesiano perfurado na administração passada na comunidade do Carretão, com a devida instalação de um padrão de energia elétrica e de uma caixa de armazenamento de água para distribuição às residências. Tal medida beneficiará aproximadamente 10 famílias da comunidade, garantindo acesso regular e seguro à água potável.</t>
   </si>
   <si>
+    <t>849</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/849/indicacao_100_2025.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de iluminação no Trevo de acesso a MG-434 e no trevo de acesso na BR-381 Norte.</t>
+  </si>
+  <si>
+    <t>850</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/850/indicacao_101_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feito um planejamento para saída de água antes do período de chuvas, em um bueiro na Rua Quincas Daniel 126, entre as casas de Maria Ducarmo e Arlindo Dias.</t>
+  </si>
+  <si>
     <t>826</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/826/indicacao_102_2025.pdf</t>
   </si>
   <si>
     <t>Que seja feita uma cobertura no passeio em frente à escola municipal, visando melhor comodidade aos pais e familiares dos alunos que em dias de sol ou mesmo de chuva esperam os alunos no início e ao final de cada turno.</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/827/indicacao_103_2025.pdf</t>
   </si>
   <si>
     <t>Que seja realizada a instalação e manutenção da iluminação no coreto localizado na Praça Cardeal Motta, no centro de Bom Jesus do Amparo, priorizando o uso de sensores de luminosidade para que as lâmpadas permaneçam acesas automaticamente durante o período noturno.</t>
   </si>
   <si>
     <t>828</t>
@@ -1379,50 +1421,86 @@
   <si>
     <t>838</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/838/indicacao_111_2025.pdf</t>
   </si>
   <si>
     <t>Solicitar uma nova ponte na comunidade barra Santana, localizada perto da casa do Geraldo Tomé e Joaquim.</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/839/indicacao_112_2025.pdf</t>
   </si>
   <si>
     <t>Solicitar a compra de dois geradores para os postos de saúde na falta de energia elétrica.</t>
   </si>
   <si>
+    <t>851</t>
+  </si>
+  <si>
+    <t>114</t>
+  </si>
+  <si>
+    <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/851/indicacao_114_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que sejam tomadas as providências necessárias para a execução de calçamento no trecho compreendido entre a Ponte do Sapé e o mata-burro, situado na referida localidade.</t>
+  </si>
+  <si>
+    <t>852</t>
+  </si>
+  <si>
+    <t>115</t>
+  </si>
+  <si>
+    <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/852/indicacao_115_2025.pdf</t>
+  </si>
+  <si>
+    <t>Necessidade de realizar a limpeza do acostamento em todo o trecho da estrada da Rocinha bem como a limpeza do ponto de ônibus situado na MG-434.</t>
+  </si>
+  <si>
+    <t>858</t>
+  </si>
+  <si>
+    <t>116</t>
+  </si>
+  <si>
+    <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/858/indicacao_116_2025.pdf</t>
+  </si>
+  <si>
+    <t>Necessidade que o Chefe do Poder Executivo, por meio de uma Reforma Administrativa, proceda à recomposição salarial dos motoristas da Prefeitura Municipal, considerando a grande defasagem existente atualmente nos vencimentos da categoria.</t>
+  </si>
+  <si>
     <t>796</t>
   </si>
   <si>
     <t>MOA</t>
   </si>
   <si>
     <t>Moção de Aplausos</t>
   </si>
   <si>
     <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/796/mocao_aplausos_01_2025.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos aos 3° Sargentos da Polícia Militar de Minas Gerais (PMMG), Hélio Fernando dos Santos e Dionísio Oliveira da Silva.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>Adenir Silva Dias, Claudinei Dias Santos, Edilene Rosa Coelho Ferreira, Elvira Maria Ferreira Mota, Inez Luzia Santos, Joaquim Aparecido dos Santos, Magno Augusto Motta Macieira Drumond, Marcel Peixoto de Melo, Rogério dos Santos</t>
   </si>
   <si>
     <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/760/mocao_aplausos_02_2025.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos às senhoras Lissania, Edilene e Camila, idealizadoras e organizadoras da Cavalgada do Batom, realizada no dia 19 de abril de 2025, neste município, pela brilhante iniciativa que promoveu o resgate cultural, a valorização da mulher e o fortalecimento do comércio e da identidade local.</t>
@@ -1484,54 +1562,63 @@
   <si>
     <t>830</t>
   </si>
   <si>
     <t>MOAP</t>
   </si>
   <si>
     <t>Moção de Apoio</t>
   </si>
   <si>
     <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/830/moap_02_2025.pdf</t>
   </si>
   <si>
     <t>Destinação de R$ 650 milhões para as obras de duplicação da BR-381, no trecho compreendido entre os municípios de Caeté e Belo Horizonte.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
     <t>MOP</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
   <si>
-    <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/831/mop_03_2025.pdf</t>
-[...2 lines deleted...]
-    <t>Moção de Pesar à família da Sra. Maria Sandra Lopes.</t>
+    <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/831/pesar_03_2025.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Pesar pelo falecimento da senhora Maria Sandra Lopes.</t>
+  </si>
+  <si>
+    <t>857</t>
+  </si>
+  <si>
+    <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/857/pesar_04_2025.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Pesar pelo falecimento da senhora Marília Fonseca Maltez.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>MOR</t>
   </si>
   <si>
     <t>Moção de Repúdio</t>
   </si>
   <si>
     <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/809/mocao_repudio_01_2025.pdf</t>
   </si>
   <si>
     <t>Moção de Repúdio à Concessionária de Rodovia Nova 381 S.A., diante da iminente cobrança de pedágio em um trecho que ainda não foi integralmente duplicado até a capital Belo Horizonte, apresenta péssima sinalização, buracos ao longo da via e condições precárias de manutenção, comprometendo gravemente a segurança dos usuários.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
@@ -1598,147 +1685,168 @@
   <si>
     <t>Dispõe sobre a Política Pública de Assistência Social do município de Bom Jesus do Amparo e dá outras providências.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>PLCM</t>
   </si>
   <si>
     <t>Projeto de Lei – CM</t>
   </si>
   <si>
     <t>Dispõe sobre as faixas de restrição a instalação de fornos de carvão vegetal, e dá outras providências.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>Dispõe sobre a vedação à nomeação ou contratação, no âmbito da Administração Pública Direta e Indireta e do Poder Legislativo do Município de Bom Jesus do Amparo/MG, de pessoas condenadas nos crimes previstos na Lei Federal nº 11.340, de 7 de agosto de 2006 (Lei Maria da Penha), e dá outras providências.</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
-    <t>Institui a semana municipal da valorização do professor no município de Bom Jesus do Amparo e dá outras providências.</t>
+    <t>Institui a Semana Municipal da Valorização do Professor no Município de Bom Jesus do Amparo e dá outras providências.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>Institui o mês de novembro como “Novembrinho Azul”, no âmbito do Município, e dá outras providências.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>Institui a Política Municipal de Incentivo à Leitura Infantil e Juvenil no âmbito do Município de Bom Jesus do Amparo e dá outras providências.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
     <t>Cria a Ouvidoria da Câmara Municipal de Bom Jesus do Amparo/MG, nos termos do art. 17 da Lei Federal n° 13.460, de 26 de junho de 2017, e dá outras providências.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>Altera o caput do artigo 37 do Regimento Interno da Câmara Municipal de Bom Jesus do Amparo que altera o dia das Reuniões Ordinárias.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
     <t>Dispõe sobre o novo Regimento Interno da Câmara Municipal de Bom Jesus do Amparo do Estado de Minas Gerais.</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
-    <t>Concede diploma de honra ao mérito conforme disposto na Lei Municipal n.º 365/1979.</t>
+    <t>Concede Diploma de Honra ao Mérito conforme disposto na Lei Municipal n.º 365/1979.</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
     <t>Aprova as contas do Exercício de 2016 prestadas pelo senhor Prefeito Pedro dos Santos Moreira.</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>Concede o Diploma de Honra ao Mérito Legislativo a Personalidades indicadas pelos Vereadores, em comemoração aos 72 anos de Emancipação Política e Administrativa do Município de Bom Jesus Do Amparo, e dá outras Providências.</t>
   </si>
   <si>
+    <t>854</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a alteração temporária da Sede da Câmara Municipal para a realização da Solenidade de Entrega de Honrarias, em comemoração aos 72 Anos de Emancipação Política e Administrativa do Município, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>855</t>
+  </si>
+  <si>
+    <t>Cria o cargo comissionado de Diretor Financeiro no quadro de pessoal da Câmara Municipal de Bom Jesus do Amparo e dá outras providências.</t>
+  </si>
+  <si>
     <t>847</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>Lei Orgânica do Município de Bom Jesus do Amparo do Estado de Minas Gerais.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/808/requerimento_01_2025.pdf</t>
   </si>
   <si>
     <t>Requer que seja encaminhado ofício à COMPANHIA ENERGÉTICA DE MINAS GERAIS - CEMIG, solicitando esclarecimentos e providências urgentes quanto aos graves problemas no fornecimento de energia elétrica no município de Bom Jesus do Amparo.</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
     <t>Adenir Silva Dias, Claudinei Dias Santos, Elvira Maria Ferreira Mota, Inez Luzia Santos</t>
   </si>
   <si>
     <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/840/requerimento_04_2025.pdf</t>
   </si>
   <si>
     <t>Requer informações e documentos referentes a convênio celebrado com o Sindicato dos Produtores Rurais de Bom Jesus do Amparo, para fins de fiscalização e transparência.</t>
+  </si>
+  <si>
+    <t>853</t>
+  </si>
+  <si>
+    <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/853/requerimento_05_2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações com o objetivo de apurar a aparente legalidade na compra de terreno de Domingos Magalhães.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -2042,56 +2150,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/824/emenda_01_pl_07_2025_cm.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/825/emenda_02_pl_07_2025_cm.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/703/indicacao_01_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/718/indicacao_02_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/704/indicacao_03_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/705/indicacao_04_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/706/indicacao_05_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/707/indicacao_06_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/708/indicacao_07_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/709/indicacao_08_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/710/indicacao_09_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/711/indicacao_10_2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/712/indicacao_11_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/713/indicacao_12_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/714/indicacao_13_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/715/indicacao_14_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/716/indicacao_15_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/717/indicacao_16_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/719/indicacao_17_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/720/indicacao_18_2025_.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/721/indicacao_19_2025_.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/722/indicacao_20_2025_.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/723/indicacao_21_2025_.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/724/indicacao_22_2025_.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/725/indicacao_23_2025_.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/726/indicacao_24_2025_.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/727/indicacao_25_2025_.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/728/indicacao_26_2025_.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/729/indicacao_27_2025_.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/730/indicacao_28_2025_.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/731/indicacao_29_2025_.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/732/indicacao_30_2025_.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/733/indicacao_31_2025_.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/734/indicacao_32_2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/735/indicacao_33_2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/736/indicacao_34_2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/737/indicacao_35_2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/738/indicacao_36_2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/739/indicacao_37_2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/740/indicacao_38_2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/741/indicacao_39_2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/742/indicacao_40_2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/743/indicacao_41_2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/744/indicacao_42_2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/745/indicacao_43_2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/746/indicacao_44_2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/747/indicacao_46_2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/748/indicacao_47_2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/749/indicacao_48_2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/750/indicacao_49_2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/751/indicacao_50_2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/752/indicacao_51_2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/754/indicacao_53_2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/755/indicacao_55_2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/756/indicacao_56_2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/757/indicacao_57_2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/758/indicacao_58_2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/759/indicacao_59_2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/761/indicacao_60_2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/762/indicacao_61_2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/763/indicacao_62_2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/765/indicacao_63_2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/766/indicacao_64_2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/767/indicacao_65_2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/768/indicacao_66_2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/769/indicacao_67_2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/770/indicacao_68_2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/771/indicacao_69_2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/777/indicacao_70_2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/778/indicacao_72_2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/779/indicacao_73_2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/780/indicacao_74_2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/781/indicacao_75_2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/782/indicacao_76_2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/783/indicacao_77_2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/784/indicacao_78_2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/785/indicacao_79_2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/786/indicacao_80_2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/787/indicacao_81_2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/788/indicacao_82_2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/794/indicacao_83_2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/795/indicacao_84_2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/802/indicacao_85_2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/803/indicacao_86_2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/804/indicacao_87_2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/805/indicacao_88_2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/806/indicacao_89_2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/810/indicacao_90_2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/811/indicacao_91_2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/812/indicacao_92_2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/813/indicacao_93_2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/814/indicacao_94_2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/815/indicacao_95_2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/816/indicacao_96_2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/817/indicacao_97_2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/818/indicacao_98_2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/819/indicacao_99_2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/826/indicacao_102_2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/827/indicacao_103_2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/828/indicacao_104_2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/829/indicacao_105_2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/833/indicacao_106_2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/834/indicacao_107_2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/835/indicacao_108_2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/836/indicacao_109_2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/837/indicacao_110_2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/838/indicacao_111_2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/839/indicacao_112_2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/796/mocao_aplausos_01_2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/760/mocao_aplausos_02_2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/797/mocao_aplausos_03_2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/798/mocao_aplausos_04_2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/799/mocao_aplausos_05_2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/800/mocao_aplausos_06_2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/807/mocao_aplausos_07_2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/832/moa_08_2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/830/moap_02_2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/831/mop_03_2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/809/mocao_repudio_01_2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/820/pl_24_2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/821/pl_25_2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/822/pl_26_2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/808/requerimento_01_2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/840/requerimento_04_2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/824/emenda_01_pl_07_2025_cm.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/825/emenda_02_pl_07_2025_cm.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/703/indicacao_01_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/718/indicacao_02_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/704/indicacao_03_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/705/indicacao_04_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/706/indicacao_05_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/707/indicacao_06_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/708/indicacao_07_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/709/indicacao_08_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/710/indicacao_09_2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/711/indicacao_10_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/712/indicacao_11_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/713/indicacao_12_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/714/indicacao_13_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/715/indicacao_14_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/716/indicacao_15_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/717/indicacao_16_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/719/indicacao_17_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/720/indicacao_18_2025_.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/721/indicacao_19_2025_.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/722/indicacao_20_2025_.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/723/indicacao_21_2025_.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/724/indicacao_22_2025_.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/725/indicacao_23_2025_.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/726/indicacao_24_2025_.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/727/indicacao_25_2025_.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/728/indicacao_26_2025_.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/729/indicacao_27_2025_.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/730/indicacao_28_2025_.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/731/indicacao_29_2025_.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/732/indicacao_30_2025_.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/733/indicacao_31_2025_.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/734/indicacao_32_2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/735/indicacao_33_2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/736/indicacao_34_2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/737/indicacao_35_2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/738/indicacao_36_2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/739/indicacao_37_2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/740/indicacao_38_2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/741/indicacao_39_2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/742/indicacao_40_2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/743/indicacao_41_2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/744/indicacao_42_2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/745/indicacao_43_2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/746/indicacao_44_2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/747/indicacao_46_2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/748/indicacao_47_2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/749/indicacao_48_2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/750/indicacao_49_2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/751/indicacao_50_2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/752/indicacao_51_2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/754/indicacao_53_2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/848/indicacao_54_2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/755/indicacao_55_2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/756/indicacao_56_2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/757/indicacao_57_2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/758/indicacao_58_2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/759/indicacao_59_2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/761/indicacao_60_2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/762/indicacao_61_2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/763/indicacao_62_2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/765/indicacao_63_2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/766/indicacao_64_2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/767/indicacao_65_2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/768/indicacao_66_2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/769/indicacao_67_2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/770/indicacao_68_2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/771/indicacao_69_2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/777/indicacao_70_2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/778/indicacao_72_2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/779/indicacao_73_2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/780/indicacao_74_2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/781/indicacao_75_2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/782/indicacao_76_2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/783/indicacao_77_2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/784/indicacao_78_2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/785/indicacao_79_2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/786/indicacao_80_2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/787/indicacao_81_2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/788/indicacao_82_2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/794/indicacao_83_2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/795/indicacao_84_2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/802/indicacao_85_2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/803/indicacao_86_2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/804/indicacao_87_2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/805/indicacao_88_2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/806/indicacao_89_2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/810/indicacao_90_2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/811/indicacao_91_2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/812/indicacao_92_2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/813/indicacao_93_2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/814/indicacao_94_2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/815/indicacao_95_2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/816/indicacao_96_2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/817/indicacao_97_2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/818/indicacao_98_2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/819/indicacao_99_2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/849/indicacao_100_2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/850/indicacao_101_2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/826/indicacao_102_2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/827/indicacao_103_2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/828/indicacao_104_2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/829/indicacao_105_2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/833/indicacao_106_2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/834/indicacao_107_2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/835/indicacao_108_2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/836/indicacao_109_2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/837/indicacao_110_2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/838/indicacao_111_2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/839/indicacao_112_2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/851/indicacao_114_2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/852/indicacao_115_2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/858/indicacao_116_2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/796/mocao_aplausos_01_2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/760/mocao_aplausos_02_2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/797/mocao_aplausos_03_2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/798/mocao_aplausos_04_2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/799/mocao_aplausos_05_2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/800/mocao_aplausos_06_2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/807/mocao_aplausos_07_2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/832/moa_08_2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/830/moap_02_2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/831/pesar_03_2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/857/pesar_04_2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/809/mocao_repudio_01_2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/820/pl_24_2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/821/pl_25_2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/822/pl_26_2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/808/requerimento_01_2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/840/requerimento_04_2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2025/853/requerimento_05_2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H144"/>
+  <dimension ref="A1:H155"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="206.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="110.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -2172,3674 +2280,3960 @@
       </c>
       <c r="C4" t="s">
         <v>22</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>23</v>
       </c>
       <c r="H4" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>25</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="D5" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
         <v>27</v>
       </c>
-      <c r="F5" t="s">
+      <c r="G5" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H5" t="s">
         <v>28</v>
-      </c>
-[...4 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E6" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="F6" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="D7" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E7" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="F7" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E8" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="F8" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>39</v>
       </c>
       <c r="H8" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>41</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
+        <v>26</v>
+      </c>
+      <c r="D9" t="s">
+        <v>30</v>
+      </c>
+      <c r="E9" t="s">
+        <v>31</v>
+      </c>
+      <c r="F9" t="s">
+        <v>32</v>
+      </c>
+      <c r="G9" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="D9" t="s">
-[...8 lines deleted...]
-      <c r="G9" s="1" t="s">
+      <c r="H9" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>44</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
         <v>45</v>
       </c>
-      <c r="B10" t="s">
-[...2 lines deleted...]
-      <c r="C10" t="s">
+      <c r="D10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E10" t="s">
+        <v>31</v>
+      </c>
+      <c r="F10" t="s">
+        <v>32</v>
+      </c>
+      <c r="G10" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="D10" t="s">
-[...8 lines deleted...]
-      <c r="G10" s="1" t="s">
+      <c r="H10" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
+        <v>48</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
         <v>49</v>
       </c>
-      <c r="B11" t="s">
-[...2 lines deleted...]
-      <c r="C11" t="s">
+      <c r="D11" t="s">
+        <v>30</v>
+      </c>
+      <c r="E11" t="s">
+        <v>31</v>
+      </c>
+      <c r="F11" t="s">
+        <v>32</v>
+      </c>
+      <c r="G11" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="D11" t="s">
-[...8 lines deleted...]
-      <c r="G11" s="1" t="s">
+      <c r="H11" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>52</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
         <v>53</v>
       </c>
-      <c r="B12" t="s">
-[...2 lines deleted...]
-      <c r="C12" t="s">
+      <c r="D12" t="s">
+        <v>30</v>
+      </c>
+      <c r="E12" t="s">
+        <v>31</v>
+      </c>
+      <c r="F12" t="s">
+        <v>32</v>
+      </c>
+      <c r="G12" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="D12" t="s">
-[...8 lines deleted...]
-      <c r="G12" s="1" t="s">
+      <c r="H12" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
+        <v>56</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
         <v>57</v>
       </c>
-      <c r="B13" t="s">
-[...2 lines deleted...]
-      <c r="C13" t="s">
+      <c r="D13" t="s">
+        <v>30</v>
+      </c>
+      <c r="E13" t="s">
+        <v>31</v>
+      </c>
+      <c r="F13" t="s">
+        <v>32</v>
+      </c>
+      <c r="G13" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="D13" t="s">
-[...8 lines deleted...]
-      <c r="G13" s="1" t="s">
+      <c r="H13" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
+        <v>60</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
         <v>61</v>
       </c>
-      <c r="B14" t="s">
-[...2 lines deleted...]
-      <c r="C14" t="s">
+      <c r="D14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E14" t="s">
+        <v>31</v>
+      </c>
+      <c r="F14" t="s">
+        <v>32</v>
+      </c>
+      <c r="G14" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="D14" t="s">
-[...8 lines deleted...]
-      <c r="G14" s="1" t="s">
+      <c r="H14" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
+        <v>64</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
         <v>65</v>
       </c>
-      <c r="B15" t="s">
-[...2 lines deleted...]
-      <c r="C15" t="s">
+      <c r="D15" t="s">
+        <v>30</v>
+      </c>
+      <c r="E15" t="s">
+        <v>31</v>
+      </c>
+      <c r="F15" t="s">
+        <v>32</v>
+      </c>
+      <c r="G15" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="D15" t="s">
-[...8 lines deleted...]
-      <c r="G15" s="1" t="s">
+      <c r="H15" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
+        <v>68</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
         <v>69</v>
       </c>
-      <c r="B16" t="s">
-[...2 lines deleted...]
-      <c r="C16" t="s">
+      <c r="D16" t="s">
+        <v>30</v>
+      </c>
+      <c r="E16" t="s">
+        <v>31</v>
+      </c>
+      <c r="F16" t="s">
+        <v>32</v>
+      </c>
+      <c r="G16" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="D16" t="s">
-[...8 lines deleted...]
-      <c r="G16" s="1" t="s">
+      <c r="H16" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
+        <v>72</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
         <v>73</v>
       </c>
-      <c r="B17" t="s">
-[...2 lines deleted...]
-      <c r="C17" t="s">
+      <c r="D17" t="s">
+        <v>30</v>
+      </c>
+      <c r="E17" t="s">
+        <v>31</v>
+      </c>
+      <c r="F17" t="s">
+        <v>32</v>
+      </c>
+      <c r="G17" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="D17" t="s">
-[...8 lines deleted...]
-      <c r="G17" s="1" t="s">
+      <c r="H17" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
+        <v>76</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
         <v>77</v>
       </c>
-      <c r="B18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D18" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E18" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="F18" t="s">
         <v>18</v>
       </c>
       <c r="G18" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="H18" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
+        <v>80</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
         <v>81</v>
       </c>
-      <c r="B19" t="s">
-[...2 lines deleted...]
-      <c r="C19" t="s">
+      <c r="D19" t="s">
+        <v>30</v>
+      </c>
+      <c r="E19" t="s">
+        <v>31</v>
+      </c>
+      <c r="F19" t="s">
+        <v>18</v>
+      </c>
+      <c r="G19" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="D19" t="s">
-[...5 lines deleted...]
-      <c r="F19" t="s">
+      <c r="H19" t="s">
         <v>83</v>
-      </c>
-[...4 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
+        <v>84</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>85</v>
+      </c>
+      <c r="D20" t="s">
+        <v>30</v>
+      </c>
+      <c r="E20" t="s">
+        <v>31</v>
+      </c>
+      <c r="F20" t="s">
         <v>86</v>
       </c>
-      <c r="B20" t="s">
-[...2 lines deleted...]
-      <c r="C20" t="s">
+      <c r="G20" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="D20" t="s">
-[...8 lines deleted...]
-      <c r="G20" s="1" t="s">
+      <c r="H20" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
+        <v>89</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
         <v>90</v>
       </c>
-      <c r="B21" t="s">
-[...2 lines deleted...]
-      <c r="C21" t="s">
+      <c r="D21" t="s">
+        <v>30</v>
+      </c>
+      <c r="E21" t="s">
+        <v>31</v>
+      </c>
+      <c r="F21" t="s">
+        <v>86</v>
+      </c>
+      <c r="G21" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="D21" t="s">
-[...8 lines deleted...]
-      <c r="G21" s="1" t="s">
+      <c r="H21" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
+        <v>93</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
         <v>94</v>
       </c>
-      <c r="B22" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D22" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E22" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="F22" t="s">
         <v>18</v>
       </c>
       <c r="G22" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="H22" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
+        <v>97</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
         <v>98</v>
       </c>
-      <c r="B23" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D23" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E23" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="F23" t="s">
         <v>18</v>
       </c>
       <c r="G23" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="H23" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
+        <v>101</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
         <v>102</v>
       </c>
-      <c r="B24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D24" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E24" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="F24" t="s">
         <v>18</v>
       </c>
       <c r="G24" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="H24" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
+        <v>105</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
         <v>106</v>
       </c>
-      <c r="B25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D25" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E25" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="F25" t="s">
         <v>18</v>
       </c>
       <c r="G25" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="H25" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
+        <v>109</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
         <v>110</v>
       </c>
-      <c r="B26" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D26" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E26" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="F26" t="s">
         <v>18</v>
       </c>
       <c r="G26" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="H26" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
+        <v>113</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
         <v>114</v>
       </c>
-      <c r="B27" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D27" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E27" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="F27" t="s">
         <v>18</v>
       </c>
       <c r="G27" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="H27" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
+        <v>117</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
         <v>118</v>
       </c>
-      <c r="B28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D28" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E28" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="F28" t="s">
         <v>18</v>
       </c>
       <c r="G28" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="H28" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
+        <v>121</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
         <v>122</v>
       </c>
-      <c r="B29" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D29" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E29" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="F29" t="s">
         <v>18</v>
       </c>
       <c r="G29" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="H29" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
+        <v>125</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
         <v>126</v>
       </c>
-      <c r="B30" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D30" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E30" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="F30" t="s">
         <v>18</v>
       </c>
       <c r="G30" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="H30" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
+        <v>129</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
         <v>130</v>
       </c>
-      <c r="B31" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D31" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E31" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="F31" t="s">
         <v>18</v>
       </c>
       <c r="G31" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="H31" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
+        <v>133</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
         <v>134</v>
       </c>
-      <c r="B32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D32" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E32" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="F32" t="s">
         <v>18</v>
       </c>
       <c r="G32" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="H32" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
+        <v>137</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
         <v>138</v>
       </c>
-      <c r="B33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D33" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E33" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="F33" t="s">
         <v>18</v>
       </c>
       <c r="G33" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="H33" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
+        <v>141</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
         <v>142</v>
       </c>
-      <c r="B34" t="s">
-[...2 lines deleted...]
-      <c r="C34" t="s">
+      <c r="D34" t="s">
+        <v>30</v>
+      </c>
+      <c r="E34" t="s">
+        <v>31</v>
+      </c>
+      <c r="F34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G34" s="1" t="s">
         <v>143</v>
       </c>
-      <c r="D34" t="s">
-[...8 lines deleted...]
-      <c r="G34" s="1" t="s">
+      <c r="H34" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
+        <v>145</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
         <v>146</v>
       </c>
-      <c r="B35" t="s">
-[...2 lines deleted...]
-      <c r="C35" t="s">
+      <c r="D35" t="s">
+        <v>30</v>
+      </c>
+      <c r="E35" t="s">
+        <v>31</v>
+      </c>
+      <c r="F35" t="s">
+        <v>32</v>
+      </c>
+      <c r="G35" s="1" t="s">
         <v>147</v>
       </c>
-      <c r="D35" t="s">
-[...8 lines deleted...]
-      <c r="G35" s="1" t="s">
+      <c r="H35" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
+        <v>149</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
         <v>150</v>
       </c>
-      <c r="B36" t="s">
-[...2 lines deleted...]
-      <c r="C36" t="s">
+      <c r="D36" t="s">
+        <v>30</v>
+      </c>
+      <c r="E36" t="s">
+        <v>31</v>
+      </c>
+      <c r="F36" t="s">
+        <v>32</v>
+      </c>
+      <c r="G36" s="1" t="s">
         <v>151</v>
       </c>
-      <c r="D36" t="s">
-[...5 lines deleted...]
-      <c r="F36" t="s">
+      <c r="H36" t="s">
         <v>152</v>
-      </c>
-[...4 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
+        <v>153</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>154</v>
+      </c>
+      <c r="D37" t="s">
+        <v>30</v>
+      </c>
+      <c r="E37" t="s">
+        <v>31</v>
+      </c>
+      <c r="F37" t="s">
         <v>155</v>
       </c>
-      <c r="B37" t="s">
-[...2 lines deleted...]
-      <c r="C37" t="s">
+      <c r="G37" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="D37" t="s">
-[...8 lines deleted...]
-      <c r="G37" s="1" t="s">
+      <c r="H37" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
+        <v>158</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
         <v>159</v>
       </c>
-      <c r="B38" t="s">
-[...2 lines deleted...]
-      <c r="C38" t="s">
+      <c r="D38" t="s">
+        <v>30</v>
+      </c>
+      <c r="E38" t="s">
+        <v>31</v>
+      </c>
+      <c r="F38" t="s">
+        <v>155</v>
+      </c>
+      <c r="G38" s="1" t="s">
         <v>160</v>
       </c>
-      <c r="D38" t="s">
-[...8 lines deleted...]
-      <c r="G38" s="1" t="s">
+      <c r="H38" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
+        <v>162</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
         <v>163</v>
       </c>
-      <c r="B39" t="s">
-[...2 lines deleted...]
-      <c r="C39" t="s">
+      <c r="D39" t="s">
+        <v>30</v>
+      </c>
+      <c r="E39" t="s">
+        <v>31</v>
+      </c>
+      <c r="F39" t="s">
+        <v>86</v>
+      </c>
+      <c r="G39" s="1" t="s">
         <v>164</v>
       </c>
-      <c r="D39" t="s">
-[...8 lines deleted...]
-      <c r="G39" s="1" t="s">
+      <c r="H39" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
+        <v>166</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
         <v>167</v>
       </c>
-      <c r="B40" t="s">
-[...2 lines deleted...]
-      <c r="C40" t="s">
+      <c r="D40" t="s">
+        <v>30</v>
+      </c>
+      <c r="E40" t="s">
+        <v>31</v>
+      </c>
+      <c r="F40" t="s">
+        <v>86</v>
+      </c>
+      <c r="G40" s="1" t="s">
         <v>168</v>
       </c>
-      <c r="D40" t="s">
-[...8 lines deleted...]
-      <c r="G40" s="1" t="s">
+      <c r="H40" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
+        <v>170</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
         <v>171</v>
       </c>
-      <c r="B41" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D41" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E41" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="F41" t="s">
         <v>18</v>
       </c>
       <c r="G41" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="H41" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
+        <v>174</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
         <v>175</v>
       </c>
-      <c r="B42" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D42" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E42" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="F42" t="s">
         <v>18</v>
       </c>
       <c r="G42" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="H42" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
+        <v>178</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
         <v>179</v>
       </c>
-      <c r="B43" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D43" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E43" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="F43" t="s">
         <v>18</v>
       </c>
       <c r="G43" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="H43" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
+        <v>182</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
         <v>183</v>
       </c>
-      <c r="B44" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D44" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E44" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="F44" t="s">
         <v>18</v>
       </c>
       <c r="G44" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="H44" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
+        <v>186</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
         <v>187</v>
       </c>
-      <c r="B45" t="s">
-[...2 lines deleted...]
-      <c r="C45" t="s">
+      <c r="D45" t="s">
+        <v>30</v>
+      </c>
+      <c r="E45" t="s">
+        <v>31</v>
+      </c>
+      <c r="F45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G45" s="1" t="s">
         <v>188</v>
       </c>
-      <c r="D45" t="s">
-[...8 lines deleted...]
-      <c r="G45" s="1" t="s">
+      <c r="H45" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
+        <v>190</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
         <v>191</v>
       </c>
-      <c r="B46" t="s">
-[...2 lines deleted...]
-      <c r="C46" t="s">
+      <c r="D46" t="s">
+        <v>30</v>
+      </c>
+      <c r="E46" t="s">
+        <v>31</v>
+      </c>
+      <c r="F46" t="s">
+        <v>32</v>
+      </c>
+      <c r="G46" s="1" t="s">
         <v>192</v>
       </c>
-      <c r="D46" t="s">
-[...8 lines deleted...]
-      <c r="G46" s="1" t="s">
+      <c r="H46" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
+        <v>194</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
         <v>195</v>
       </c>
-      <c r="B47" t="s">
-[...2 lines deleted...]
-      <c r="C47" t="s">
+      <c r="D47" t="s">
+        <v>30</v>
+      </c>
+      <c r="E47" t="s">
+        <v>31</v>
+      </c>
+      <c r="F47" t="s">
+        <v>32</v>
+      </c>
+      <c r="G47" s="1" t="s">
         <v>196</v>
       </c>
-      <c r="D47" t="s">
-[...5 lines deleted...]
-      <c r="F47" t="s">
+      <c r="H47" t="s">
         <v>197</v>
-      </c>
-[...4 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
+        <v>198</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>199</v>
+      </c>
+      <c r="D48" t="s">
+        <v>30</v>
+      </c>
+      <c r="E48" t="s">
+        <v>31</v>
+      </c>
+      <c r="F48" t="s">
         <v>200</v>
       </c>
-      <c r="B48" t="s">
-[...2 lines deleted...]
-      <c r="C48" t="s">
+      <c r="G48" s="1" t="s">
         <v>201</v>
       </c>
-      <c r="D48" t="s">
-[...8 lines deleted...]
-      <c r="G48" s="1" t="s">
+      <c r="H48" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
+        <v>203</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
         <v>204</v>
       </c>
-      <c r="B49" t="s">
-[...2 lines deleted...]
-      <c r="C49" t="s">
+      <c r="D49" t="s">
+        <v>30</v>
+      </c>
+      <c r="E49" t="s">
+        <v>31</v>
+      </c>
+      <c r="F49" t="s">
+        <v>155</v>
+      </c>
+      <c r="G49" s="1" t="s">
         <v>205</v>
       </c>
-      <c r="D49" t="s">
-[...8 lines deleted...]
-      <c r="G49" s="1" t="s">
+      <c r="H49" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
+        <v>207</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
         <v>208</v>
       </c>
-      <c r="B50" t="s">
-[...2 lines deleted...]
-      <c r="C50" t="s">
+      <c r="D50" t="s">
+        <v>30</v>
+      </c>
+      <c r="E50" t="s">
+        <v>31</v>
+      </c>
+      <c r="F50" t="s">
+        <v>18</v>
+      </c>
+      <c r="G50" s="1" t="s">
         <v>209</v>
       </c>
-      <c r="D50" t="s">
-[...5 lines deleted...]
-      <c r="F50" t="s">
+      <c r="H50" t="s">
         <v>210</v>
-      </c>
-[...4 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
+        <v>211</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>212</v>
+      </c>
+      <c r="D51" t="s">
+        <v>30</v>
+      </c>
+      <c r="E51" t="s">
+        <v>31</v>
+      </c>
+      <c r="F51" t="s">
         <v>213</v>
       </c>
-      <c r="B51" t="s">
-[...2 lines deleted...]
-      <c r="C51" t="s">
+      <c r="G51" s="1" t="s">
         <v>214</v>
       </c>
-      <c r="D51" t="s">
-[...8 lines deleted...]
-      <c r="G51" s="1" t="s">
+      <c r="H51" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
+        <v>216</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
         <v>217</v>
       </c>
-      <c r="B52" t="s">
-[...2 lines deleted...]
-      <c r="C52" t="s">
+      <c r="D52" t="s">
+        <v>30</v>
+      </c>
+      <c r="E52" t="s">
+        <v>31</v>
+      </c>
+      <c r="F52" t="s">
+        <v>32</v>
+      </c>
+      <c r="G52" s="1" t="s">
         <v>218</v>
       </c>
-      <c r="D52" t="s">
-[...8 lines deleted...]
-      <c r="G52" s="1" t="s">
+      <c r="H52" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
+        <v>220</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
         <v>221</v>
       </c>
-      <c r="B53" t="s">
-[...2 lines deleted...]
-      <c r="C53" t="s">
+      <c r="D53" t="s">
+        <v>30</v>
+      </c>
+      <c r="E53" t="s">
+        <v>31</v>
+      </c>
+      <c r="F53" t="s">
+        <v>32</v>
+      </c>
+      <c r="G53" s="1" t="s">
         <v>222</v>
       </c>
-      <c r="D53" t="s">
-[...8 lines deleted...]
-      <c r="G53" s="1" t="s">
+      <c r="H53" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
+        <v>224</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
         <v>225</v>
       </c>
-      <c r="B54" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D54" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E54" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="H54" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
+        <v>228</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
         <v>229</v>
       </c>
-      <c r="B55" t="s">
-[...2 lines deleted...]
-      <c r="C55" t="s">
+      <c r="D55" t="s">
+        <v>30</v>
+      </c>
+      <c r="E55" t="s">
+        <v>31</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="D55" t="s">
-[...8 lines deleted...]
-      <c r="G55" s="1" t="s">
+      <c r="H55" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
+        <v>232</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
         <v>233</v>
       </c>
-      <c r="B56" t="s">
-[...2 lines deleted...]
-      <c r="C56" t="s">
+      <c r="D56" t="s">
+        <v>30</v>
+      </c>
+      <c r="E56" t="s">
+        <v>31</v>
+      </c>
+      <c r="F56" t="s">
+        <v>18</v>
+      </c>
+      <c r="G56" s="1" t="s">
         <v>234</v>
       </c>
-      <c r="D56" t="s">
-[...8 lines deleted...]
-      <c r="G56" s="1" t="s">
+      <c r="H56" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
+        <v>236</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
         <v>237</v>
       </c>
-      <c r="B57" t="s">
-[...2 lines deleted...]
-      <c r="C57" t="s">
+      <c r="D57" t="s">
+        <v>30</v>
+      </c>
+      <c r="E57" t="s">
+        <v>31</v>
+      </c>
+      <c r="F57" t="s">
+        <v>18</v>
+      </c>
+      <c r="G57" s="1" t="s">
         <v>238</v>
       </c>
-      <c r="D57" t="s">
-[...8 lines deleted...]
-      <c r="G57" s="1" t="s">
+      <c r="H57" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
+        <v>240</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
         <v>241</v>
       </c>
-      <c r="B58" t="s">
-[...2 lines deleted...]
-      <c r="C58" t="s">
+      <c r="D58" t="s">
+        <v>30</v>
+      </c>
+      <c r="E58" t="s">
+        <v>31</v>
+      </c>
+      <c r="F58" t="s">
+        <v>32</v>
+      </c>
+      <c r="G58" s="1" t="s">
         <v>242</v>
       </c>
-      <c r="D58" t="s">
-[...8 lines deleted...]
-      <c r="G58" s="1" t="s">
+      <c r="H58" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
+        <v>244</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
         <v>245</v>
       </c>
-      <c r="B59" t="s">
-[...2 lines deleted...]
-      <c r="C59" t="s">
+      <c r="D59" t="s">
+        <v>30</v>
+      </c>
+      <c r="E59" t="s">
+        <v>31</v>
+      </c>
+      <c r="F59" t="s">
+        <v>213</v>
+      </c>
+      <c r="G59" s="1" t="s">
         <v>246</v>
       </c>
-      <c r="D59" t="s">
-[...8 lines deleted...]
-      <c r="G59" s="1" t="s">
+      <c r="H59" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
+        <v>248</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
         <v>249</v>
       </c>
-      <c r="B60" t="s">
-[...2 lines deleted...]
-      <c r="C60" t="s">
+      <c r="D60" t="s">
+        <v>30</v>
+      </c>
+      <c r="E60" t="s">
+        <v>31</v>
+      </c>
+      <c r="F60" t="s">
+        <v>213</v>
+      </c>
+      <c r="G60" s="1" t="s">
         <v>250</v>
       </c>
-      <c r="D60" t="s">
-[...8 lines deleted...]
-      <c r="G60" s="1" t="s">
+      <c r="H60" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
+        <v>252</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
         <v>253</v>
       </c>
-      <c r="B61" t="s">
-[...2 lines deleted...]
-      <c r="C61" t="s">
+      <c r="D61" t="s">
+        <v>30</v>
+      </c>
+      <c r="E61" t="s">
+        <v>31</v>
+      </c>
+      <c r="F61" t="s">
+        <v>32</v>
+      </c>
+      <c r="G61" s="1" t="s">
         <v>254</v>
       </c>
-      <c r="D61" t="s">
-[...8 lines deleted...]
-      <c r="G61" s="1" t="s">
+      <c r="H61" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
+        <v>256</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
         <v>257</v>
       </c>
-      <c r="B62" t="s">
-[...2 lines deleted...]
-      <c r="C62" t="s">
+      <c r="D62" t="s">
+        <v>30</v>
+      </c>
+      <c r="E62" t="s">
+        <v>31</v>
+      </c>
+      <c r="F62" t="s">
+        <v>18</v>
+      </c>
+      <c r="G62" s="1" t="s">
         <v>258</v>
       </c>
-      <c r="D62" t="s">
-[...8 lines deleted...]
-      <c r="G62" s="1" t="s">
+      <c r="H62" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
+        <v>260</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
         <v>261</v>
       </c>
-      <c r="B63" t="s">
-[...2 lines deleted...]
-      <c r="C63" t="s">
+      <c r="D63" t="s">
+        <v>30</v>
+      </c>
+      <c r="E63" t="s">
+        <v>31</v>
+      </c>
+      <c r="F63" t="s">
+        <v>32</v>
+      </c>
+      <c r="G63" s="1" t="s">
         <v>262</v>
       </c>
-      <c r="D63" t="s">
-[...8 lines deleted...]
-      <c r="G63" s="1" t="s">
+      <c r="H63" t="s">
         <v>263</v>
-      </c>
-[...1 lines deleted...]
-        <v>264</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
+        <v>264</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
         <v>265</v>
       </c>
-      <c r="B64" t="s">
-[...2 lines deleted...]
-      <c r="C64" t="s">
+      <c r="D64" t="s">
+        <v>30</v>
+      </c>
+      <c r="E64" t="s">
+        <v>31</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" s="1" t="s">
         <v>266</v>
       </c>
-      <c r="D64" t="s">
-[...8 lines deleted...]
-      <c r="G64" s="1" t="s">
+      <c r="H64" t="s">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
+        <v>268</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
         <v>269</v>
       </c>
-      <c r="B65" t="s">
-[...2 lines deleted...]
-      <c r="C65" t="s">
+      <c r="D65" t="s">
+        <v>30</v>
+      </c>
+      <c r="E65" t="s">
+        <v>31</v>
+      </c>
+      <c r="F65" t="s">
+        <v>86</v>
+      </c>
+      <c r="G65" s="1" t="s">
         <v>270</v>
       </c>
-      <c r="D65" t="s">
-[...8 lines deleted...]
-      <c r="G65" s="1" t="s">
+      <c r="H65" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
+        <v>272</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
         <v>273</v>
       </c>
-      <c r="B66" t="s">
-[...2 lines deleted...]
-      <c r="C66" t="s">
+      <c r="D66" t="s">
+        <v>30</v>
+      </c>
+      <c r="E66" t="s">
+        <v>31</v>
+      </c>
+      <c r="F66" t="s">
+        <v>155</v>
+      </c>
+      <c r="G66" s="1" t="s">
         <v>274</v>
       </c>
-      <c r="D66" t="s">
-[...8 lines deleted...]
-      <c r="G66" s="1" t="s">
+      <c r="H66" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>276</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
+        <v>276</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
         <v>277</v>
       </c>
-      <c r="B67" t="s">
-[...2 lines deleted...]
-      <c r="C67" t="s">
+      <c r="D67" t="s">
+        <v>30</v>
+      </c>
+      <c r="E67" t="s">
+        <v>31</v>
+      </c>
+      <c r="F67" t="s">
+        <v>155</v>
+      </c>
+      <c r="G67" s="1" t="s">
         <v>278</v>
       </c>
-      <c r="D67" t="s">
-[...8 lines deleted...]
-      <c r="G67" s="1" t="s">
+      <c r="H67" t="s">
         <v>279</v>
-      </c>
-[...1 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
+        <v>280</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
         <v>281</v>
       </c>
-      <c r="B68" t="s">
-[...2 lines deleted...]
-      <c r="C68" t="s">
+      <c r="D68" t="s">
+        <v>30</v>
+      </c>
+      <c r="E68" t="s">
+        <v>31</v>
+      </c>
+      <c r="F68" t="s">
+        <v>155</v>
+      </c>
+      <c r="G68" s="1" t="s">
         <v>282</v>
       </c>
-      <c r="D68" t="s">
-[...8 lines deleted...]
-      <c r="G68" s="1" t="s">
+      <c r="H68" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
+        <v>284</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
         <v>285</v>
       </c>
-      <c r="B69" t="s">
-[...2 lines deleted...]
-      <c r="C69" t="s">
+      <c r="D69" t="s">
+        <v>30</v>
+      </c>
+      <c r="E69" t="s">
+        <v>31</v>
+      </c>
+      <c r="F69" t="s">
+        <v>32</v>
+      </c>
+      <c r="G69" s="1" t="s">
         <v>286</v>
       </c>
-      <c r="D69" t="s">
-[...8 lines deleted...]
-      <c r="G69" s="1" t="s">
+      <c r="H69" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>288</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
+        <v>288</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
         <v>289</v>
       </c>
-      <c r="B70" t="s">
-[...2 lines deleted...]
-      <c r="C70" t="s">
+      <c r="D70" t="s">
+        <v>30</v>
+      </c>
+      <c r="E70" t="s">
+        <v>31</v>
+      </c>
+      <c r="F70" t="s">
+        <v>32</v>
+      </c>
+      <c r="G70" s="1" t="s">
         <v>290</v>
       </c>
-      <c r="D70" t="s">
-[...8 lines deleted...]
-      <c r="G70" s="1" t="s">
+      <c r="H70" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
+        <v>292</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
         <v>293</v>
       </c>
-      <c r="B71" t="s">
-[...2 lines deleted...]
-      <c r="C71" t="s">
+      <c r="D71" t="s">
+        <v>30</v>
+      </c>
+      <c r="E71" t="s">
+        <v>31</v>
+      </c>
+      <c r="F71" t="s">
+        <v>200</v>
+      </c>
+      <c r="G71" s="1" t="s">
         <v>294</v>
       </c>
-      <c r="D71" t="s">
-[...8 lines deleted...]
-      <c r="G71" s="1" t="s">
+      <c r="H71" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
+        <v>296</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
         <v>297</v>
       </c>
-      <c r="B72" t="s">
-[...2 lines deleted...]
-      <c r="C72" t="s">
+      <c r="D72" t="s">
+        <v>30</v>
+      </c>
+      <c r="E72" t="s">
+        <v>31</v>
+      </c>
+      <c r="F72" t="s">
+        <v>200</v>
+      </c>
+      <c r="G72" s="1" t="s">
         <v>298</v>
       </c>
-      <c r="D72" t="s">
-[...8 lines deleted...]
-      <c r="G72" s="1" t="s">
+      <c r="H72" t="s">
         <v>299</v>
-      </c>
-[...1 lines deleted...]
-        <v>300</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
+        <v>300</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
         <v>301</v>
       </c>
-      <c r="B73" t="s">
-[...2 lines deleted...]
-      <c r="C73" t="s">
+      <c r="D73" t="s">
+        <v>30</v>
+      </c>
+      <c r="E73" t="s">
+        <v>31</v>
+      </c>
+      <c r="F73" t="s">
+        <v>200</v>
+      </c>
+      <c r="G73" s="1" t="s">
         <v>302</v>
       </c>
-      <c r="D73" t="s">
-[...8 lines deleted...]
-      <c r="G73" s="1" t="s">
+      <c r="H73" t="s">
         <v>303</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
+        <v>304</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
         <v>305</v>
       </c>
-      <c r="B74" t="s">
-[...2 lines deleted...]
-      <c r="C74" t="s">
+      <c r="D74" t="s">
+        <v>30</v>
+      </c>
+      <c r="E74" t="s">
+        <v>31</v>
+      </c>
+      <c r="F74" t="s">
+        <v>18</v>
+      </c>
+      <c r="G74" s="1" t="s">
         <v>306</v>
       </c>
-      <c r="D74" t="s">
-[...8 lines deleted...]
-      <c r="G74" s="1" t="s">
+      <c r="H74" t="s">
         <v>307</v>
-      </c>
-[...1 lines deleted...]
-        <v>308</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
+        <v>308</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
         <v>309</v>
       </c>
-      <c r="B75" t="s">
-[...2 lines deleted...]
-      <c r="C75" t="s">
+      <c r="D75" t="s">
+        <v>30</v>
+      </c>
+      <c r="E75" t="s">
+        <v>31</v>
+      </c>
+      <c r="F75" t="s">
+        <v>18</v>
+      </c>
+      <c r="G75" s="1" t="s">
         <v>310</v>
       </c>
-      <c r="D75" t="s">
-[...8 lines deleted...]
-      <c r="G75" s="1" t="s">
+      <c r="H75" t="s">
         <v>311</v>
-      </c>
-[...1 lines deleted...]
-        <v>312</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
+        <v>312</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
         <v>313</v>
       </c>
-      <c r="B76" t="s">
-[...2 lines deleted...]
-      <c r="C76" t="s">
+      <c r="D76" t="s">
+        <v>30</v>
+      </c>
+      <c r="E76" t="s">
+        <v>31</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" s="1" t="s">
         <v>314</v>
       </c>
-      <c r="D76" t="s">
-[...8 lines deleted...]
-      <c r="G76" s="1" t="s">
+      <c r="H76" t="s">
         <v>315</v>
-      </c>
-[...1 lines deleted...]
-        <v>316</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
+        <v>316</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
         <v>317</v>
       </c>
-      <c r="B77" t="s">
-[...2 lines deleted...]
-      <c r="C77" t="s">
+      <c r="D77" t="s">
+        <v>30</v>
+      </c>
+      <c r="E77" t="s">
+        <v>31</v>
+      </c>
+      <c r="F77" t="s">
+        <v>200</v>
+      </c>
+      <c r="G77" s="1" t="s">
         <v>318</v>
       </c>
-      <c r="D77" t="s">
-[...8 lines deleted...]
-      <c r="G77" s="1" t="s">
+      <c r="H77" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>320</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
+        <v>320</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
         <v>321</v>
       </c>
-      <c r="B78" t="s">
-[...2 lines deleted...]
-      <c r="C78" t="s">
+      <c r="D78" t="s">
+        <v>30</v>
+      </c>
+      <c r="E78" t="s">
+        <v>31</v>
+      </c>
+      <c r="F78" t="s">
+        <v>155</v>
+      </c>
+      <c r="G78" s="1" t="s">
         <v>322</v>
       </c>
-      <c r="D78" t="s">
-[...8 lines deleted...]
-      <c r="G78" s="1" t="s">
+      <c r="H78" t="s">
         <v>323</v>
-      </c>
-[...1 lines deleted...]
-        <v>324</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
+        <v>324</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
         <v>325</v>
       </c>
-      <c r="B79" t="s">
-[...2 lines deleted...]
-      <c r="C79" t="s">
+      <c r="D79" t="s">
+        <v>30</v>
+      </c>
+      <c r="E79" t="s">
+        <v>31</v>
+      </c>
+      <c r="F79" t="s">
+        <v>32</v>
+      </c>
+      <c r="G79" s="1" t="s">
         <v>326</v>
       </c>
-      <c r="D79" t="s">
-[...8 lines deleted...]
-      <c r="G79" s="1" t="s">
+      <c r="H79" t="s">
         <v>327</v>
-      </c>
-[...1 lines deleted...]
-        <v>328</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
+        <v>328</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
         <v>329</v>
       </c>
-      <c r="B80" t="s">
-[...2 lines deleted...]
-      <c r="C80" t="s">
+      <c r="D80" t="s">
+        <v>30</v>
+      </c>
+      <c r="E80" t="s">
+        <v>31</v>
+      </c>
+      <c r="F80" t="s">
+        <v>32</v>
+      </c>
+      <c r="G80" s="1" t="s">
         <v>330</v>
       </c>
-      <c r="D80" t="s">
-[...8 lines deleted...]
-      <c r="G80" s="1" t="s">
+      <c r="H80" t="s">
         <v>331</v>
-      </c>
-[...1 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
+        <v>332</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
         <v>333</v>
       </c>
-      <c r="B81" t="s">
-[...2 lines deleted...]
-      <c r="C81" t="s">
+      <c r="D81" t="s">
+        <v>30</v>
+      </c>
+      <c r="E81" t="s">
+        <v>31</v>
+      </c>
+      <c r="F81" t="s">
+        <v>155</v>
+      </c>
+      <c r="G81" s="1" t="s">
         <v>334</v>
       </c>
-      <c r="D81" t="s">
-[...8 lines deleted...]
-      <c r="G81" s="1" t="s">
+      <c r="H81" t="s">
         <v>335</v>
-      </c>
-[...1 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
+        <v>336</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
         <v>337</v>
       </c>
-      <c r="B82" t="s">
-[...2 lines deleted...]
-      <c r="C82" t="s">
+      <c r="D82" t="s">
+        <v>30</v>
+      </c>
+      <c r="E82" t="s">
+        <v>31</v>
+      </c>
+      <c r="F82" t="s">
+        <v>155</v>
+      </c>
+      <c r="G82" s="1" t="s">
         <v>338</v>
       </c>
-      <c r="D82" t="s">
-[...8 lines deleted...]
-      <c r="G82" s="1" t="s">
+      <c r="H82" t="s">
         <v>339</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
+        <v>340</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
         <v>341</v>
       </c>
-      <c r="B83" t="s">
-[...2 lines deleted...]
-      <c r="C83" t="s">
+      <c r="D83" t="s">
+        <v>30</v>
+      </c>
+      <c r="E83" t="s">
+        <v>31</v>
+      </c>
+      <c r="F83" t="s">
+        <v>155</v>
+      </c>
+      <c r="G83" s="1" t="s">
         <v>342</v>
       </c>
-      <c r="D83" t="s">
-[...8 lines deleted...]
-      <c r="G83" s="1" t="s">
+      <c r="H83" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
+        <v>344</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
         <v>345</v>
       </c>
-      <c r="B84" t="s">
-[...2 lines deleted...]
-      <c r="C84" t="s">
+      <c r="D84" t="s">
+        <v>30</v>
+      </c>
+      <c r="E84" t="s">
+        <v>31</v>
+      </c>
+      <c r="F84" t="s">
+        <v>86</v>
+      </c>
+      <c r="G84" s="1" t="s">
         <v>346</v>
       </c>
-      <c r="D84" t="s">
-[...8 lines deleted...]
-      <c r="G84" s="1" t="s">
+      <c r="H84" t="s">
         <v>347</v>
-      </c>
-[...1 lines deleted...]
-        <v>348</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
+        <v>348</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
         <v>349</v>
       </c>
-      <c r="B85" t="s">
-[...2 lines deleted...]
-      <c r="C85" t="s">
+      <c r="D85" t="s">
+        <v>30</v>
+      </c>
+      <c r="E85" t="s">
+        <v>31</v>
+      </c>
+      <c r="F85" t="s">
+        <v>155</v>
+      </c>
+      <c r="G85" s="1" t="s">
         <v>350</v>
       </c>
-      <c r="D85" t="s">
-[...8 lines deleted...]
-      <c r="G85" s="1" t="s">
+      <c r="H85" t="s">
         <v>351</v>
-      </c>
-[...1 lines deleted...]
-        <v>352</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
+        <v>352</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
         <v>353</v>
       </c>
-      <c r="B86" t="s">
-[...2 lines deleted...]
-      <c r="C86" t="s">
+      <c r="D86" t="s">
+        <v>30</v>
+      </c>
+      <c r="E86" t="s">
+        <v>31</v>
+      </c>
+      <c r="F86" t="s">
+        <v>155</v>
+      </c>
+      <c r="G86" s="1" t="s">
         <v>354</v>
       </c>
-      <c r="D86" t="s">
-[...8 lines deleted...]
-      <c r="G86" s="1" t="s">
+      <c r="H86" t="s">
         <v>355</v>
-      </c>
-[...1 lines deleted...]
-        <v>356</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
+        <v>356</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
         <v>357</v>
       </c>
-      <c r="B87" t="s">
-[...2 lines deleted...]
-      <c r="C87" t="s">
+      <c r="D87" t="s">
+        <v>30</v>
+      </c>
+      <c r="E87" t="s">
+        <v>31</v>
+      </c>
+      <c r="F87" t="s">
+        <v>32</v>
+      </c>
+      <c r="G87" s="1" t="s">
         <v>358</v>
       </c>
-      <c r="D87" t="s">
-[...8 lines deleted...]
-      <c r="G87" s="1" t="s">
+      <c r="H87" t="s">
         <v>359</v>
-      </c>
-[...1 lines deleted...]
-        <v>360</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
+        <v>360</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
         <v>361</v>
       </c>
-      <c r="B88" t="s">
-[...2 lines deleted...]
-      <c r="C88" t="s">
+      <c r="D88" t="s">
+        <v>30</v>
+      </c>
+      <c r="E88" t="s">
+        <v>31</v>
+      </c>
+      <c r="F88" t="s">
+        <v>32</v>
+      </c>
+      <c r="G88" s="1" t="s">
         <v>362</v>
       </c>
-      <c r="D88" t="s">
-[...8 lines deleted...]
-      <c r="G88" s="1" t="s">
+      <c r="H88" t="s">
         <v>363</v>
-      </c>
-[...1 lines deleted...]
-        <v>364</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
+        <v>364</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
         <v>365</v>
       </c>
-      <c r="B89" t="s">
-[...2 lines deleted...]
-      <c r="C89" t="s">
+      <c r="D89" t="s">
+        <v>30</v>
+      </c>
+      <c r="E89" t="s">
+        <v>31</v>
+      </c>
+      <c r="F89" t="s">
+        <v>32</v>
+      </c>
+      <c r="G89" s="1" t="s">
         <v>366</v>
       </c>
-      <c r="D89" t="s">
-[...8 lines deleted...]
-      <c r="G89" s="1" t="s">
+      <c r="H89" t="s">
         <v>367</v>
-      </c>
-[...1 lines deleted...]
-        <v>368</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
+        <v>368</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
         <v>369</v>
       </c>
-      <c r="B90" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D90" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E90" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="F90" t="s">
         <v>18</v>
       </c>
       <c r="G90" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="H90" t="s">
         <v>371</v>
-      </c>
-[...1 lines deleted...]
-        <v>372</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
+        <v>372</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
         <v>373</v>
       </c>
-      <c r="B91" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D91" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E91" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="F91" t="s">
         <v>18</v>
       </c>
       <c r="G91" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="H91" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>376</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
+        <v>376</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
         <v>377</v>
       </c>
-      <c r="B92" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D92" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E92" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="F92" t="s">
         <v>18</v>
       </c>
       <c r="G92" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="H92" t="s">
         <v>379</v>
-      </c>
-[...1 lines deleted...]
-        <v>380</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
+        <v>380</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
         <v>381</v>
       </c>
-      <c r="B93" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D93" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E93" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="F93" t="s">
         <v>18</v>
       </c>
       <c r="G93" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="H93" t="s">
         <v>383</v>
-      </c>
-[...1 lines deleted...]
-        <v>384</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
+        <v>384</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
         <v>385</v>
       </c>
-      <c r="B94" t="s">
-[...2 lines deleted...]
-      <c r="C94" t="s">
+      <c r="D94" t="s">
+        <v>30</v>
+      </c>
+      <c r="E94" t="s">
+        <v>31</v>
+      </c>
+      <c r="F94" t="s">
+        <v>18</v>
+      </c>
+      <c r="G94" s="1" t="s">
         <v>386</v>
       </c>
-      <c r="D94" t="s">
-[...5 lines deleted...]
-      <c r="F94" t="s">
+      <c r="H94" t="s">
         <v>387</v>
-      </c>
-[...4 lines deleted...]
-        <v>389</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
+        <v>388</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>389</v>
+      </c>
+      <c r="D95" t="s">
+        <v>30</v>
+      </c>
+      <c r="E95" t="s">
+        <v>31</v>
+      </c>
+      <c r="F95" t="s">
+        <v>18</v>
+      </c>
+      <c r="G95" s="1" t="s">
         <v>390</v>
       </c>
-      <c r="B95" t="s">
-[...2 lines deleted...]
-      <c r="C95" t="s">
+      <c r="H95" t="s">
         <v>391</v>
-      </c>
-[...13 lines deleted...]
-        <v>393</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
+        <v>392</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>393</v>
+      </c>
+      <c r="D96" t="s">
+        <v>30</v>
+      </c>
+      <c r="E96" t="s">
+        <v>31</v>
+      </c>
+      <c r="F96" t="s">
+        <v>27</v>
+      </c>
+      <c r="G96" s="1" t="s">
         <v>394</v>
       </c>
-      <c r="B96" t="s">
-[...2 lines deleted...]
-      <c r="C96" t="s">
+      <c r="H96" t="s">
         <v>395</v>
-      </c>
-[...13 lines deleted...]
-        <v>398</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
+        <v>396</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>397</v>
+      </c>
+      <c r="D97" t="s">
+        <v>30</v>
+      </c>
+      <c r="E97" t="s">
+        <v>31</v>
+      </c>
+      <c r="F97" t="s">
+        <v>213</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="H97" t="s">
         <v>399</v>
-      </c>
-[...19 lines deleted...]
-        <v>402</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
+        <v>400</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>401</v>
+      </c>
+      <c r="D98" t="s">
+        <v>30</v>
+      </c>
+      <c r="E98" t="s">
+        <v>31</v>
+      </c>
+      <c r="F98" t="s">
+        <v>402</v>
+      </c>
+      <c r="G98" s="1" t="s">
         <v>403</v>
       </c>
-      <c r="B98" t="s">
-[...2 lines deleted...]
-      <c r="C98" t="s">
+      <c r="H98" t="s">
         <v>404</v>
-      </c>
-[...13 lines deleted...]
-        <v>406</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
+        <v>405</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>406</v>
+      </c>
+      <c r="D99" t="s">
+        <v>30</v>
+      </c>
+      <c r="E99" t="s">
+        <v>31</v>
+      </c>
+      <c r="F99" t="s">
+        <v>32</v>
+      </c>
+      <c r="G99" s="1" t="s">
         <v>407</v>
       </c>
-      <c r="B99" t="s">
-[...2 lines deleted...]
-      <c r="C99" t="s">
+      <c r="H99" t="s">
         <v>408</v>
-      </c>
-[...13 lines deleted...]
-        <v>410</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
+        <v>409</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>410</v>
+      </c>
+      <c r="D100" t="s">
+        <v>30</v>
+      </c>
+      <c r="E100" t="s">
+        <v>31</v>
+      </c>
+      <c r="F100" t="s">
+        <v>32</v>
+      </c>
+      <c r="G100" s="1" t="s">
         <v>411</v>
       </c>
-      <c r="B100" t="s">
-[...2 lines deleted...]
-      <c r="C100" t="s">
+      <c r="H100" t="s">
         <v>412</v>
-      </c>
-[...13 lines deleted...]
-        <v>414</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
+        <v>413</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>414</v>
+      </c>
+      <c r="D101" t="s">
+        <v>30</v>
+      </c>
+      <c r="E101" t="s">
+        <v>31</v>
+      </c>
+      <c r="F101" t="s">
+        <v>32</v>
+      </c>
+      <c r="G101" s="1" t="s">
         <v>415</v>
       </c>
-      <c r="B101" t="s">
-[...2 lines deleted...]
-      <c r="C101" t="s">
+      <c r="H101" t="s">
         <v>416</v>
-      </c>
-[...13 lines deleted...]
-        <v>418</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
+        <v>417</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>418</v>
+      </c>
+      <c r="D102" t="s">
+        <v>30</v>
+      </c>
+      <c r="E102" t="s">
+        <v>31</v>
+      </c>
+      <c r="F102" t="s">
+        <v>86</v>
+      </c>
+      <c r="G102" s="1" t="s">
         <v>419</v>
       </c>
-      <c r="B102" t="s">
-[...2 lines deleted...]
-      <c r="C102" t="s">
+      <c r="H102" t="s">
         <v>420</v>
-      </c>
-[...13 lines deleted...]
-        <v>422</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
+        <v>421</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>422</v>
+      </c>
+      <c r="D103" t="s">
+        <v>30</v>
+      </c>
+      <c r="E103" t="s">
+        <v>31</v>
+      </c>
+      <c r="F103" t="s">
+        <v>32</v>
+      </c>
+      <c r="G103" s="1" t="s">
         <v>423</v>
       </c>
-      <c r="B103" t="s">
-[...2 lines deleted...]
-      <c r="C103" t="s">
+      <c r="H103" t="s">
         <v>424</v>
-      </c>
-[...13 lines deleted...]
-        <v>426</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
+        <v>425</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>426</v>
+      </c>
+      <c r="D104" t="s">
+        <v>30</v>
+      </c>
+      <c r="E104" t="s">
+        <v>31</v>
+      </c>
+      <c r="F104" t="s">
+        <v>32</v>
+      </c>
+      <c r="G104" s="1" t="s">
         <v>427</v>
       </c>
-      <c r="B104" t="s">
-[...2 lines deleted...]
-      <c r="C104" t="s">
+      <c r="H104" t="s">
         <v>428</v>
-      </c>
-[...13 lines deleted...]
-        <v>430</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="D105" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E105" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="F105" t="s">
         <v>18</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="H105" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="D106" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E106" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="F106" t="s">
         <v>18</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="H106" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="D107" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E107" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="F107" t="s">
         <v>18</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="H107" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
+        <v>441</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>442</v>
+      </c>
+      <c r="D108" t="s">
+        <v>30</v>
+      </c>
+      <c r="E108" t="s">
+        <v>31</v>
+      </c>
+      <c r="F108" t="s">
+        <v>18</v>
+      </c>
+      <c r="G108" s="1" t="s">
         <v>443</v>
       </c>
-      <c r="B108" t="s">
-[...2 lines deleted...]
-      <c r="C108" t="s">
+      <c r="H108" t="s">
         <v>444</v>
-      </c>
-[...13 lines deleted...]
-        <v>446</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
+        <v>445</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>446</v>
+      </c>
+      <c r="D109" t="s">
+        <v>30</v>
+      </c>
+      <c r="E109" t="s">
+        <v>31</v>
+      </c>
+      <c r="F109" t="s">
+        <v>18</v>
+      </c>
+      <c r="G109" s="1" t="s">
         <v>447</v>
       </c>
-      <c r="B109" t="s">
-[...2 lines deleted...]
-      <c r="C109" t="s">
+      <c r="H109" t="s">
         <v>448</v>
-      </c>
-[...13 lines deleted...]
-        <v>450</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
+        <v>449</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
+        <v>450</v>
+      </c>
+      <c r="D110" t="s">
+        <v>30</v>
+      </c>
+      <c r="E110" t="s">
+        <v>31</v>
+      </c>
+      <c r="F110" t="s">
+        <v>18</v>
+      </c>
+      <c r="G110" s="1" t="s">
         <v>451</v>
       </c>
-      <c r="B110" t="s">
-[...2 lines deleted...]
-      <c r="C110" t="s">
+      <c r="H110" t="s">
         <v>452</v>
-      </c>
-[...13 lines deleted...]
-        <v>454</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
+        <v>453</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
+        <v>454</v>
+      </c>
+      <c r="D111" t="s">
+        <v>30</v>
+      </c>
+      <c r="E111" t="s">
+        <v>31</v>
+      </c>
+      <c r="F111" t="s">
+        <v>18</v>
+      </c>
+      <c r="G111" s="1" t="s">
         <v>455</v>
       </c>
-      <c r="B111" t="s">
-[...5 lines deleted...]
-      <c r="D111" t="s">
+      <c r="H111" t="s">
         <v>456</v>
-      </c>
-[...10 lines deleted...]
-        <v>459</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
+        <v>457</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
+        <v>458</v>
+      </c>
+      <c r="D112" t="s">
+        <v>30</v>
+      </c>
+      <c r="E112" t="s">
+        <v>31</v>
+      </c>
+      <c r="F112" t="s">
+        <v>27</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="H112" t="s">
         <v>460</v>
-      </c>
-[...19 lines deleted...]
-        <v>463</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
+        <v>461</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
+        <v>462</v>
+      </c>
+      <c r="D113" t="s">
+        <v>30</v>
+      </c>
+      <c r="E113" t="s">
+        <v>31</v>
+      </c>
+      <c r="F113" t="s">
+        <v>27</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="H113" t="s">
         <v>464</v>
-      </c>
-[...19 lines deleted...]
-        <v>466</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
+        <v>465</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
+        <v>466</v>
+      </c>
+      <c r="D114" t="s">
+        <v>30</v>
+      </c>
+      <c r="E114" t="s">
+        <v>31</v>
+      </c>
+      <c r="F114" t="s">
+        <v>155</v>
+      </c>
+      <c r="G114" s="1" t="s">
         <v>467</v>
       </c>
-      <c r="B114" t="s">
-[...14 lines deleted...]
-      <c r="G114" s="1" t="s">
+      <c r="H114" t="s">
         <v>468</v>
-      </c>
-[...1 lines deleted...]
-        <v>469</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
+        <v>469</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
         <v>470</v>
       </c>
-      <c r="B115" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D115" t="s">
-        <v>456</v>
+        <v>30</v>
       </c>
       <c r="E115" t="s">
-        <v>457</v>
+        <v>31</v>
       </c>
       <c r="F115" t="s">
-        <v>28</v>
+        <v>200</v>
       </c>
       <c r="G115" s="1" t="s">
         <v>471</v>
       </c>
       <c r="H115" t="s">
         <v>472</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>473</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>46</v>
+        <v>474</v>
       </c>
       <c r="D116" t="s">
-        <v>456</v>
+        <v>30</v>
       </c>
       <c r="E116" t="s">
-        <v>457</v>
+        <v>31</v>
       </c>
       <c r="F116" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="H116" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>50</v>
+        <v>478</v>
       </c>
       <c r="D117" t="s">
-        <v>456</v>
+        <v>30</v>
       </c>
       <c r="E117" t="s">
-        <v>457</v>
+        <v>31</v>
       </c>
       <c r="F117" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="H117" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>54</v>
+        <v>10</v>
       </c>
       <c r="D118" t="s">
-        <v>456</v>
+        <v>482</v>
       </c>
       <c r="E118" t="s">
-        <v>457</v>
+        <v>483</v>
       </c>
       <c r="F118" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="H118" t="s">
-        <v>481</v>
+        <v>485</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>482</v>
+        <v>486</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
         <v>17</v>
       </c>
       <c r="D119" t="s">
+        <v>482</v>
+      </c>
+      <c r="E119" t="s">
         <v>483</v>
       </c>
-      <c r="E119" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F119" t="s">
-        <v>152</v>
+        <v>487</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="H119" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
         <v>22</v>
       </c>
       <c r="D120" t="s">
-        <v>488</v>
+        <v>482</v>
       </c>
       <c r="E120" t="s">
-        <v>489</v>
+        <v>483</v>
       </c>
       <c r="F120" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="H120" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="D121" t="s">
-        <v>493</v>
+        <v>482</v>
       </c>
       <c r="E121" t="s">
-        <v>494</v>
+        <v>483</v>
       </c>
       <c r="F121" t="s">
         <v>13</v>
       </c>
       <c r="G121" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="H121" t="s">
         <v>495</v>
-      </c>
-[...1 lines deleted...]
-        <v>496</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
+        <v>496</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
+        <v>45</v>
+      </c>
+      <c r="D122" t="s">
+        <v>482</v>
+      </c>
+      <c r="E122" t="s">
+        <v>483</v>
+      </c>
+      <c r="F122" t="s">
+        <v>32</v>
+      </c>
+      <c r="G122" s="1" t="s">
         <v>497</v>
       </c>
-      <c r="B122" t="s">
-[...5 lines deleted...]
-      <c r="D122" t="s">
+      <c r="H122" t="s">
         <v>498</v>
-      </c>
-[...7 lines deleted...]
-        <v>500</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
+        <v>499</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>49</v>
+      </c>
+      <c r="D123" t="s">
+        <v>482</v>
+      </c>
+      <c r="E123" t="s">
+        <v>483</v>
+      </c>
+      <c r="F123" t="s">
+        <v>18</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="H123" t="s">
         <v>501</v>
-      </c>
-[...19 lines deleted...]
-        <v>503</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
+        <v>502</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>53</v>
+      </c>
+      <c r="D124" t="s">
+        <v>482</v>
+      </c>
+      <c r="E124" t="s">
+        <v>483</v>
+      </c>
+      <c r="F124" t="s">
+        <v>18</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="H124" t="s">
         <v>504</v>
-      </c>
-[...19 lines deleted...]
-        <v>505</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
+        <v>505</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
+        <v>57</v>
+      </c>
+      <c r="D125" t="s">
+        <v>482</v>
+      </c>
+      <c r="E125" t="s">
+        <v>483</v>
+      </c>
+      <c r="F125" t="s">
+        <v>18</v>
+      </c>
+      <c r="G125" s="1" t="s">
         <v>506</v>
-      </c>
-[...16 lines deleted...]
-        <v>14</v>
       </c>
       <c r="H125" t="s">
         <v>507</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>508</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>111</v>
+        <v>17</v>
       </c>
       <c r="D126" t="s">
-        <v>498</v>
+        <v>509</v>
       </c>
       <c r="E126" t="s">
-        <v>499</v>
+        <v>510</v>
       </c>
       <c r="F126" t="s">
-        <v>502</v>
+        <v>155</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>14</v>
+        <v>511</v>
       </c>
       <c r="H126" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>115</v>
+        <v>22</v>
       </c>
       <c r="D127" t="s">
-        <v>498</v>
+        <v>514</v>
       </c>
       <c r="E127" t="s">
-        <v>499</v>
+        <v>515</v>
       </c>
       <c r="F127" t="s">
-        <v>502</v>
+        <v>32</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>14</v>
+        <v>516</v>
       </c>
       <c r="H127" t="s">
-        <v>511</v>
+        <v>517</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>512</v>
+        <v>518</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>119</v>
+        <v>26</v>
       </c>
       <c r="D128" t="s">
-        <v>498</v>
+        <v>514</v>
       </c>
       <c r="E128" t="s">
-        <v>499</v>
+        <v>515</v>
       </c>
       <c r="F128" t="s">
-        <v>502</v>
+        <v>487</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>513</v>
+        <v>519</v>
       </c>
       <c r="H128" t="s">
-        <v>514</v>
+        <v>520</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>515</v>
+        <v>521</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>123</v>
+        <v>10</v>
       </c>
       <c r="D129" t="s">
-        <v>498</v>
+        <v>522</v>
       </c>
       <c r="E129" t="s">
-        <v>499</v>
+        <v>523</v>
       </c>
       <c r="F129" t="s">
-        <v>502</v>
+        <v>13</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>516</v>
+        <v>524</v>
       </c>
       <c r="H129" t="s">
-        <v>517</v>
+        <v>525</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>518</v>
+        <v>526</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>127</v>
+        <v>17</v>
       </c>
       <c r="D130" t="s">
-        <v>498</v>
+        <v>527</v>
       </c>
       <c r="E130" t="s">
-        <v>499</v>
-[...2 lines deleted...]
-        <v>502</v>
+        <v>528</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>519</v>
+        <v>14</v>
       </c>
       <c r="H130" t="s">
-        <v>520</v>
+        <v>529</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>521</v>
+        <v>530</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>42</v>
+        <v>98</v>
       </c>
       <c r="D131" t="s">
-        <v>522</v>
+        <v>527</v>
       </c>
       <c r="E131" t="s">
-        <v>523</v>
+        <v>528</v>
       </c>
       <c r="F131" t="s">
-        <v>197</v>
+        <v>531</v>
       </c>
       <c r="G131" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H131" t="s">
-        <v>524</v>
+        <v>532</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>525</v>
+        <v>533</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>46</v>
+        <v>106</v>
       </c>
       <c r="D132" t="s">
-        <v>522</v>
+        <v>527</v>
       </c>
       <c r="E132" t="s">
-        <v>523</v>
+        <v>528</v>
       </c>
       <c r="F132" t="s">
-        <v>18</v>
+        <v>531</v>
       </c>
       <c r="G132" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H132" t="s">
-        <v>526</v>
+        <v>534</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
+        <v>535</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>110</v>
+      </c>
+      <c r="D133" t="s">
         <v>527</v>
       </c>
-      <c r="B133" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E133" t="s">
-        <v>523</v>
+        <v>528</v>
       </c>
       <c r="F133" t="s">
-        <v>18</v>
+        <v>531</v>
       </c>
       <c r="G133" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H133" t="s">
-        <v>528</v>
+        <v>536</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>529</v>
+        <v>537</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>54</v>
+        <v>114</v>
       </c>
       <c r="D134" t="s">
-        <v>522</v>
+        <v>527</v>
       </c>
       <c r="E134" t="s">
-        <v>523</v>
+        <v>528</v>
       </c>
       <c r="F134" t="s">
-        <v>210</v>
+        <v>531</v>
       </c>
       <c r="G134" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H134" t="s">
-        <v>530</v>
+        <v>538</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
+        <v>539</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>118</v>
+      </c>
+      <c r="D135" t="s">
+        <v>527</v>
+      </c>
+      <c r="E135" t="s">
+        <v>528</v>
+      </c>
+      <c r="F135" t="s">
         <v>531</v>
-      </c>
-[...13 lines deleted...]
-        <v>28</v>
       </c>
       <c r="G135" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H135" t="s">
-        <v>532</v>
+        <v>540</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>533</v>
+        <v>541</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>10</v>
+        <v>122</v>
       </c>
       <c r="D136" t="s">
-        <v>534</v>
+        <v>527</v>
       </c>
       <c r="E136" t="s">
-        <v>535</v>
+        <v>528</v>
       </c>
       <c r="F136" t="s">
-        <v>536</v>
+        <v>531</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>14</v>
+        <v>542</v>
       </c>
       <c r="H136" t="s">
-        <v>537</v>
+        <v>543</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>538</v>
+        <v>544</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>22</v>
+        <v>126</v>
       </c>
       <c r="D137" t="s">
-        <v>534</v>
+        <v>527</v>
       </c>
       <c r="E137" t="s">
-        <v>535</v>
+        <v>528</v>
+      </c>
+      <c r="F137" t="s">
+        <v>531</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>14</v>
+        <v>545</v>
       </c>
       <c r="H137" t="s">
-        <v>539</v>
+        <v>546</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>540</v>
+        <v>547</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>38</v>
+        <v>130</v>
       </c>
       <c r="D138" t="s">
-        <v>534</v>
+        <v>527</v>
       </c>
       <c r="E138" t="s">
-        <v>535</v>
+        <v>528</v>
       </c>
       <c r="F138" t="s">
-        <v>536</v>
+        <v>531</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>14</v>
+        <v>548</v>
       </c>
       <c r="H138" t="s">
-        <v>541</v>
+        <v>549</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>542</v>
+        <v>550</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="D139" t="s">
-        <v>534</v>
+        <v>551</v>
       </c>
       <c r="E139" t="s">
-        <v>535</v>
+        <v>552</v>
       </c>
       <c r="F139" t="s">
-        <v>536</v>
+        <v>200</v>
       </c>
       <c r="G139" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H139" t="s">
-        <v>543</v>
+        <v>553</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>544</v>
+        <v>554</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D140" t="s">
-        <v>534</v>
+        <v>551</v>
       </c>
       <c r="E140" t="s">
-        <v>535</v>
+        <v>552</v>
       </c>
       <c r="F140" t="s">
-        <v>536</v>
+        <v>18</v>
       </c>
       <c r="G140" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H140" t="s">
-        <v>545</v>
+        <v>555</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>546</v>
+        <v>556</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="D141" t="s">
-        <v>534</v>
+        <v>551</v>
       </c>
       <c r="E141" t="s">
-        <v>535</v>
+        <v>552</v>
       </c>
       <c r="F141" t="s">
-        <v>536</v>
+        <v>18</v>
       </c>
       <c r="G141" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H141" t="s">
-        <v>547</v>
+        <v>557</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>548</v>
+        <v>558</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="D142" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E142" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F142" t="s">
-        <v>536</v>
+        <v>213</v>
       </c>
       <c r="G142" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H142" t="s">
-        <v>551</v>
+        <v>559</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
+        <v>560</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>61</v>
+      </c>
+      <c r="D143" t="s">
+        <v>551</v>
+      </c>
+      <c r="E143" t="s">
         <v>552</v>
       </c>
-      <c r="B143" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F143" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>555</v>
+        <v>14</v>
       </c>
       <c r="H143" t="s">
-        <v>556</v>
+        <v>561</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>557</v>
+        <v>562</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>38</v>
+        <v>10</v>
       </c>
       <c r="D144" t="s">
-        <v>553</v>
+        <v>563</v>
       </c>
       <c r="E144" t="s">
-        <v>554</v>
+        <v>564</v>
       </c>
       <c r="F144" t="s">
-        <v>558</v>
+        <v>565</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>559</v>
+        <v>14</v>
       </c>
       <c r="H144" t="s">
-        <v>560</v>
+        <v>566</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8">
+      <c r="A145" t="s">
+        <v>567</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
+        <v>22</v>
+      </c>
+      <c r="D145" t="s">
+        <v>563</v>
+      </c>
+      <c r="E145" t="s">
+        <v>564</v>
+      </c>
+      <c r="G145" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H145" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8">
+      <c r="A146" t="s">
+        <v>569</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
+        <v>26</v>
+      </c>
+      <c r="D146" t="s">
+        <v>563</v>
+      </c>
+      <c r="E146" t="s">
+        <v>564</v>
+      </c>
+      <c r="F146" t="s">
+        <v>565</v>
+      </c>
+      <c r="G146" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H146" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8">
+      <c r="A147" t="s">
+        <v>571</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
+        <v>45</v>
+      </c>
+      <c r="D147" t="s">
+        <v>563</v>
+      </c>
+      <c r="E147" t="s">
+        <v>564</v>
+      </c>
+      <c r="F147" t="s">
+        <v>565</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H147" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8">
+      <c r="A148" t="s">
+        <v>573</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
+        <v>49</v>
+      </c>
+      <c r="D148" t="s">
+        <v>563</v>
+      </c>
+      <c r="E148" t="s">
+        <v>564</v>
+      </c>
+      <c r="F148" t="s">
+        <v>565</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H148" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8">
+      <c r="A149" t="s">
+        <v>575</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
+        <v>53</v>
+      </c>
+      <c r="D149" t="s">
+        <v>563</v>
+      </c>
+      <c r="E149" t="s">
+        <v>564</v>
+      </c>
+      <c r="F149" t="s">
+        <v>565</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H149" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8">
+      <c r="A150" t="s">
+        <v>577</v>
+      </c>
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
+        <v>57</v>
+      </c>
+      <c r="D150" t="s">
+        <v>563</v>
+      </c>
+      <c r="E150" t="s">
+        <v>564</v>
+      </c>
+      <c r="F150" t="s">
+        <v>565</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H150" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
+      <c r="A151" t="s">
+        <v>579</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>61</v>
+      </c>
+      <c r="D151" t="s">
+        <v>563</v>
+      </c>
+      <c r="E151" t="s">
+        <v>564</v>
+      </c>
+      <c r="F151" t="s">
+        <v>565</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H151" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8">
+      <c r="A152" t="s">
+        <v>581</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>10</v>
+      </c>
+      <c r="D152" t="s">
+        <v>582</v>
+      </c>
+      <c r="E152" t="s">
+        <v>583</v>
+      </c>
+      <c r="F152" t="s">
+        <v>565</v>
+      </c>
+      <c r="G152" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H152" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8">
+      <c r="A153" t="s">
+        <v>585</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
+        <v>10</v>
+      </c>
+      <c r="D153" t="s">
+        <v>586</v>
+      </c>
+      <c r="E153" t="s">
+        <v>587</v>
+      </c>
+      <c r="F153" t="s">
+        <v>13</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="H153" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8">
+      <c r="A154" t="s">
+        <v>590</v>
+      </c>
+      <c r="B154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" t="s">
+        <v>26</v>
+      </c>
+      <c r="D154" t="s">
+        <v>586</v>
+      </c>
+      <c r="E154" t="s">
+        <v>587</v>
+      </c>
+      <c r="F154" t="s">
+        <v>591</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="H154" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8">
+      <c r="A155" t="s">
+        <v>594</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
+        <v>45</v>
+      </c>
+      <c r="D155" t="s">
+        <v>586</v>
+      </c>
+      <c r="E155" t="s">
+        <v>587</v>
+      </c>
+      <c r="F155" t="s">
+        <v>27</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="H155" t="s">
+        <v>596</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -5943,50 +6337,61 @@
     <hyperlink ref="G120" r:id="rId119"/>
     <hyperlink ref="G121" r:id="rId120"/>
     <hyperlink ref="G122" r:id="rId121"/>
     <hyperlink ref="G123" r:id="rId122"/>
     <hyperlink ref="G124" r:id="rId123"/>
     <hyperlink ref="G125" r:id="rId124"/>
     <hyperlink ref="G126" r:id="rId125"/>
     <hyperlink ref="G127" r:id="rId126"/>
     <hyperlink ref="G128" r:id="rId127"/>
     <hyperlink ref="G129" r:id="rId128"/>
     <hyperlink ref="G130" r:id="rId129"/>
     <hyperlink ref="G131" r:id="rId130"/>
     <hyperlink ref="G132" r:id="rId131"/>
     <hyperlink ref="G133" r:id="rId132"/>
     <hyperlink ref="G134" r:id="rId133"/>
     <hyperlink ref="G135" r:id="rId134"/>
     <hyperlink ref="G136" r:id="rId135"/>
     <hyperlink ref="G137" r:id="rId136"/>
     <hyperlink ref="G138" r:id="rId137"/>
     <hyperlink ref="G139" r:id="rId138"/>
     <hyperlink ref="G140" r:id="rId139"/>
     <hyperlink ref="G141" r:id="rId140"/>
     <hyperlink ref="G142" r:id="rId141"/>
     <hyperlink ref="G143" r:id="rId142"/>
     <hyperlink ref="G144" r:id="rId143"/>
+    <hyperlink ref="G145" r:id="rId144"/>
+    <hyperlink ref="G146" r:id="rId145"/>
+    <hyperlink ref="G147" r:id="rId146"/>
+    <hyperlink ref="G148" r:id="rId147"/>
+    <hyperlink ref="G149" r:id="rId148"/>
+    <hyperlink ref="G150" r:id="rId149"/>
+    <hyperlink ref="G151" r:id="rId150"/>
+    <hyperlink ref="G152" r:id="rId151"/>
+    <hyperlink ref="G153" r:id="rId152"/>
+    <hyperlink ref="G154" r:id="rId153"/>
+    <hyperlink ref="G155" r:id="rId154"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>