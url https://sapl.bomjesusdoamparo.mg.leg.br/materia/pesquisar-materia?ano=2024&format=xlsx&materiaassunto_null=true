--- v0 (2025-10-14)
+++ v1 (2025-12-05)
@@ -207,51 +207,51 @@
   <si>
     <t>11</t>
   </si>
   <si>
     <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2024/701/indicacao_11_2024.pdf</t>
   </si>
   <si>
     <t>Necessidade de fazer a manutenção e encascalhamento da estrada na comunidade das Três Barras até a propriedade do Sr. Adenir.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2024/702/indicacao_12_2024.pdf</t>
   </si>
   <si>
     <t>Necessidade de implantação de uma academia ao ar livre na comunidade do Campolar e Fernando Soares, em Bom Jesus do Amparo.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
-    <t>EMDLO</t>
+    <t>PELO</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2024/693/emenda_lom_01_2024.pdf</t>
   </si>
   <si>
     <t>Altera o art. 25, inciso XVI da Lei Orgânica do Município de Bom Jesus do Amparo.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>https://sapl.bomjesusdoamparo.mg.leg.br/media/sapl/public/materialegislativa/2024/692/requerimento_01_2024.pdf</t>
   </si>
   <si>
     <t>Requer cópia da documentação do terreno do centro comunitário da Comunidade Quilombola de Felipe que foi doado pelo Sr. José Maltez Fernandes.</t>
   </si>